--- v0 (2025-11-06)
+++ v1 (2026-03-26)
@@ -54,7030 +54,7030 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcela da Silva Elias</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5455/indicacao_n_001-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5455/indicacao_n_001-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de sinalizar com “placas” proibido estacionar na estrada sentido o bairro Ponte molhada.</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5456/indicacao_n_002-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5456/indicacao_n_002-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, que se faça a limpeza da cancha e reposição de areia, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5457/indicacao_n_003-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5457/indicacao_n_003-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de executar a instalação de Boca de Lobo na Rua Maurício Alpendre Daher, em frente à casa da dona Rosecléia, residência nº 240, localizado no bairro Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Airton Tomazi</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5458/indicacao_n_004-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5458/indicacao_n_004-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de proceder à operação tapa buracos na Rua de Barreiros.</t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5459/indicacao_n_005-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5459/indicacao_n_005-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao DER – Departamento de Estradas de Rodagem para estudar a possibilidade de  realizar melhorias na sinalização de trânsito, tais como: pintura e remarcação de faixas de pedestre, lombada, sinalização horizontal, vertical e pare na PR-408 (Rodovia Deputado Miguel Bufara), trecho que liga o Município de Morretes à Antonina.</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5460/indicacao_n_006-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5460/indicacao_n_006-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e abertura de canaletas para o escoamento da água na Rua: Onze de Janeiro, Barro Branco na entrada do “Lava Car Emanuel”.</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Julio Cesar Cassilha</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5461/indicacao_n_007-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5461/indicacao_n_007-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente realizar a serviços de patrolamento com colocação de material  nas seguintes estradas: Refinaria, Sítio  Nova Itália e Central.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5462/indicacao_n_008-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5462/indicacao_n_008-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar serviços de tapa buraco na Rua Arlindo de Castro, a partir do cruzamento com a Rua Lange de Morretes, na localidade do Bairro Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5463/indicacao_n_009-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5463/indicacao_n_009-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para realizar a restauração das duas pontes pênsil localizadas no Bairro Central, com urgência.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5464/indicacao_n_010-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5464/indicacao_n_010-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar a instalação de um placa  na entrada do Sapitanduva indicando o nome da estrada, bem como limpeza das valetas na localidade citada.</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5465/indicacao_n_011-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5465/indicacao_n_011-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de inserir no calendário de eventos municipais a data de dezessete de setembro, com a nomenclatura “Tributo Jeff Petersen”.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5466/indicacao_n_012-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5466/indicacao_n_012-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para que estude a possiblidade de realizar a criação de  um Circuito Musical anual nos coretos das praças Municipais, oportunizando a valorização de bandas locais</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5467/indicacao_n_013-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5467/indicacao_n_013-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para fazer a pintura interna e capinação do Posto de Saúde da Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5468/indicacao_n_014-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5468/indicacao_n_014-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de executar a instalação de uma Boca de Lobo em frente ao Posto de Saúde da Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5469/indicacao_n_015-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5469/indicacao_n_015-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria Competente a possibilidade de levar um dentista para atendimento no Posto de Saúde do Mundo Novo do Anhaia, no Município de Morretes.</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5471/indicacao_n_017-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5471/indicacao_n_017-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a possibilidade de pintar uma faixa de pedestres em frente a Escola Dulce Seroa da Mota Cherobim, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5472/indicacao_n_018-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5472/indicacao_n_018-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, tapa buraco na travessa das Torres próximo a casa do gelo, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5473/indicacao_n_019-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5473/indicacao_n_019-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Concessionária de energia elétrica COPEL (Companhia Paranaense de Energia), um Projeto de Rede de Baixa Tensão na Rodovia Miguel Bufara KM 08, próximo ao Iapar.</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5474/indicacao_n_020-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5474/indicacao_n_020-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, que se faça pintura, capinação e limpeza da Praça Moacir França, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5475/indicacao_n_021-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5475/indicacao_n_021-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Legislativo Municipal que encaminhe ao Poder Executivo, a viabilidade de fazer um estudo técnico para a implantação de fossas sépticas, na localidade do loteamento do Florindo.</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5476/indicacao_n_022-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5476/indicacao_n_022-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Legislativo Municipal que encaminhe à Concessionária de energia elétrica COPEL (Companhia Paranaense de Energia), a instalação de Rede de baixa tensão no Bairro Ponte Seca.</t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5477/indicacao_n_023-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5477/indicacao_n_023-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do sarapiá em toda extensão.</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5478/indicacao_n_024-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5478/indicacao_n_024-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de conservar a Capela Mortuária, como: 1°. Manutenção do prédio e salas. 2°. Manutenção da parte;  Hidraúlica / Elétrica / Estrutura. 3°. Limpeza geral da parte externa; Pintura / Paisagismo (jardinagem).</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5479/indicacao_n_025-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5479/indicacao_n_025-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do bom jardim em toda a extensão.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5480/indicacao_n_026-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5480/indicacao_n_026-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do morro do cupim em toda a extensão do candonga até a Br 277 e morro acima.</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Mauro Cardoso de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5481/indicacao_n_027-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5481/indicacao_n_027-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de implantar o serviço de DISK SAÚDE, o serviço supracitado já se destaca positivamente em outras cidades do Litoral.</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Pastor Deimeval</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5482/indicacao_n_028-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5482/indicacao_n_028-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de proceder à implantação de uma passagem elevada na Rua Visconde do Rio Branco em frente à Escola Imigrantes educação infantil e fundamental.</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Fabiano Cit</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5483/indicacao_029-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5483/indicacao_029-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de implementar uma faixa elevada nos termos da resolução 495, em frente à Escola Imigrante na Rua Visconde do Rio Branco, nº 58, centro.</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5484/indicacao_n_030-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5484/indicacao_n_030-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de manutenção da Rua Raquel Porcides Pires, localizado no Bairro Sítio do Campo.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Eloi Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5485/indicacao_n_031-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5485/indicacao_n_031-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que estude a possibilidade de ser implantadas lombadas na estrada do anhaia, na Rua João David Bussetti, Nucleo Rio do pinto.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5486/indicacao_n_032-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5486/indicacao_n_032-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam implantados pontos de ônibus, as margens da Rodovia Miguel Bufara PR 408 em ambos lados, no bairro, Núcleo Rio do Pinto, de um lado onde inicia a Estrada do Anhaia, e do outro lado, onde inicia a estrada do areal, na estrada da Ponte Seca.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5487/indicacao_n_033-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5487/indicacao_n_033-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de que seja realizada a limpeza da passagem de pedestres e ciclistas, na galeria existente que fica embaixo do trilho de passagem do trem, no bairro: Rocio, próximo a Cirlene Tintas, no antigo módulo próximo a rodoviária,  bem como sinalização, roçada e colocação de material.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5488/indicacao_n_034-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5488/indicacao_n_034-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar ou concertar as calhas na Escola Desauda Bosco Da Costa Pinto na Marta, pois a mesma se encontra danificada e está caindo água na área de lazer da Escola.Também sugiro a possibilidade da compra de uma maquina de lavar calçadas e pisos, pois quando necessário para o uso, é emprestado de particulares.</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5489/indicacao_n_035-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5489/indicacao_n_035-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade no sentido de proceder à pintura de faixas, central e lateral na rua do Candonga/Canavieira.</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5490/indicacao_n_036-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5490/indicacao_n_036-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade no sentido de proceder à pintura de faixas, central e lateral na rua do Sambaqui.</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5491/indicacao_n_037-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5491/indicacao_n_037-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade no sentido de proceder à pintura de faixas, central e lateral na rua de Barreiros.</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5492/indicacao_n_038-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5492/indicacao_n_038-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Competente, troca de lâmpadas led no loteamento do Florindo.</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Celsinho "das alface"</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5493/indicacao_n_039-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5493/indicacao_n_039-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de pedras na Estrada do Morro Grande.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5494/indicacao_n_040-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5494/indicacao_n_040-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de reiniciar as obras de implantação de agua nos bairros Morro Grande, Itaperuçu e Cruzeiro.</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5495/indicacao_n_041-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5495/indicacao_n_041-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de material na estrada do Itaperuçu.</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5496/indicacao_n_042-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5496/indicacao_n_042-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de material na estrada do Cruzeiro.</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5497/indicacao_n_043-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5497/indicacao_n_043-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de material na estrada do Mundo Novo.</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5498/indicacao_n_044-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5498/indicacao_n_044-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de material na estrada da Fartura.</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5499/indicacao_n_045-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5499/indicacao_n_045-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e colocação de material na estrada que liga America de Cima ao Marumbi.</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5500/indicacao_n_046-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5500/indicacao_n_046-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar a reforma da ponte do bairro Cruzeiro.</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5501/indicacao_n_047-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5501/indicacao_n_047-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à secretária competente que estude a possibilidade de realizar um calçamento para pedestres no Prolongamento da Rua XV com inicio na Rotatória em frente ao Posto Robassa até a passagem de nível em frente ao Material de Construção Nova Aurora.</t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5502/indicacao_n_048-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5502/indicacao_n_048-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar barras de proteção e iluminação na ponte do rio sambaqui localizada no bairro Sambaqui.</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5503/indicacao_n_049-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5503/indicacao_n_049-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam analisadas, a possibilidade de pavimentar a Rua João David Bussetti, na Estrada do Anhaia, no núcleo Rio do Pinto.</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5504/indicacao_n_050-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5504/indicacao_n_050-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam analisadas, a possibilidade de implantar uma “Lombada Elevada c/ Faixa de pedestres”, na Rodovia Miguel Buffara, em frente ao Conjunto Habitacional Dr. Sidney Antunes de Oliveira.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5507/indicacao_n_051-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5507/indicacao_n_051-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de instalar uma lixeira na Rua da Olaria, no bairro Santa Fé, localizada neste Município.</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5508/indicacao_n_052-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5508/indicacao_n_052-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviços de manutenção na escola Maria Luisa B. Merkle Profa, CMEI – Centro Municipal Infantil,  localizada neste Município.</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5509/indicacao_n_053-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5509/indicacao_n_053-2023.pdf</t>
   </si>
   <si>
     <t>Sugerem ao chefe do Poder Executivo Municipal para que estude a possiblidade de incluir na Lei Municipal nº 672 de dezembro de 2021 que “Dispõe sobre a Política de Assistência Social e institui o Sistema Único de Assistência Social do Município de Morretes e dá outras providências", a implantação de um Centro de Atenção Psicossocial – Caps, para auxiliar diariamente pessoas portadoras de distúrbios psicológicos.</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5510/indicacao_054-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5510/indicacao_054-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para averiguar a situação de risco de queda de uma palmeira da Escola Municipal Miguel Schleder que segundo relatos recebeu um raio e precisa ser analisada com devida emergência.</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5511/indicacao_n_055-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5511/indicacao_n_055-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de fazer serviço de desentupimento dos bueiros no pátio interno da Escola Municipal Miguel Schleder que a cada chuva, permanece todo inundado.</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5512/indicacao_n_056-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5512/indicacao_n_056-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de fazer limpeza e manutenção da boca de lobo ou instalação de boca de lobo na rua Olavo Francisco Rebello, nº 56 no bairro Rocio e averiguar possível entupimento nas galerias em todas as proximidades do local.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5513/indicacao_n_057-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5513/indicacao_n_057-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de tapa buracos e colocação de material na rua Adalberto Latuf.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5514/indicacao_n_058-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5514/indicacao_n_058-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de reabrir os banheiros da Rodoviária de Morretes.</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5515/indicacao_n_059-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5515/indicacao_n_059-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal e ao setor responsável, que estude a possibilidade de efetuar a Titulação de Bens aos moradores da região situada no Bairro Ceasa, tendo como exemplo a Prefeitura de Paranaguá que entregou Títulos de propriedade a 367 famílias no ano de 2019, em anexo segue abaixo assinado dos moradores supracitados.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5516/indicacao_n_060-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5516/indicacao_n_060-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de implantar uma praça, na rua Augusto Fernando de Araújo, localizada no bairro Jardim Graciosa, pertencente ao município de Morretes.</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5517/indicacao_n_061-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5517/indicacao_n_061-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a poda de árvores na extensão da Serra da Graciosa PR410, bairro São João da Graciosa neste munícipio.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5518/indicacao_n_062-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5518/indicacao_n_062-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de implantar um parque infantil e academia ao ar livre na localidade do Ceasa, nas antigas dependências da fábrica de manilhas.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5519/indicacao_n_063-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5519/indicacao_n_063-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar a construção de uma pista de Skate e outras modalidades para uso comum dos Munícipes.</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5520/indicacao_n_064-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5520/indicacao_n_064-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que através de contato com a Secretaria de estado de Infraestrutura e Logística, órgão superior ao DER/PR, para que seja viabilizada a implantação de duas lombadas nas proximidades dos quartéis da Policia Militar e Corpo de Bombeiros  na PR-411 – Reta do Porto.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Isael Alves da Silva, Julio Cesar Cassilha</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5521/indicacao_n_065-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5521/indicacao_n_065-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal para que interceda junto ao Departamento Nacional de Infraestrutura de Transportes (DNIT), para estudar a possibilidade de realizar implantação de um retorno ou uma trincheira no Km 36, a pedido dos moradores daquela localidade conforme descrito em Ata da reunião realizada junto à comunidade na data do  dia 11 de janeiro de 2023, conforme Anexo.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5522/indicacao_n_066-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5522/indicacao_n_066-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, reposição de material na Rua Maria Porcides esquina com a Rua Gaivotas, no bairro Jardim das Palmeiras.</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5523/indicacao_n_067-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5523/indicacao_n_067-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria Competente o patrolamento na Travessa Ramos 1 e 2, localizado na Reta do Porto.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5524/indicacao_n_068-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5524/indicacao_n_068-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de roçada na estrada da Refinaria, no Bairro Central.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5525/indicacao_n_069-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5525/indicacao_n_069-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação realizada ao Chefe do Poder Executivo Municipal, por meio da Indicação nº 0022 de 08 de fevereiro de 2022, para que estude possibilidade de alteração no transporte intermunicipal de pacientes, disponibilizando um veículo no período da manhã saindo as 5h30 e retornando as 13h00 e outro no período da tarde saindo as 12h00 e retornando as 18h00, e também a implantação de kit alimentação.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5526/indicacao_n_070-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5526/indicacao_n_070-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar investimentos em galerias pluviais e a implantação de bueiros ou drenos,  na Rua Olavo Francisco Rebello, na Rua do Antigo Destacamento, na Rua Eulálio Alves da Cruz e demais ruas com a mesma necessidade, no Bairro do Rocio (fotos em anexo), bem como a aplicabilidade da Lei Municipal nº478/2017.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5527/indicacao_n_071-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5527/indicacao_n_071-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite as Secretarias competentes para estudar a possibilidade de realizar os seguintes serviços relacionados abaixo, na Rua Antônio Gonçalves do Nascimento, Centro: _x000D_
 _x000D_
 1-	Instalação de placas de PROIBIDO ESTACIONAR_x000D_
 2-	Pintura de faixa amarela na lateral direita até a ponte próxima ao Rotary</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5528/indicacao_n_072-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5528/indicacao_n_072-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Companhia de Saneamento do Paraná “Sanepar” um estudo de capacidade técnica para extensão da rede de fornecimento de água para todos os moradores da estrada do Central.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5529/indicacao_n_073-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5529/indicacao_n_073-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação realizada ao Chefe do Poder Executivo Municipal, por meio das Indicações: nº 0377 de 24 de setembro de 2019, nº 0010 de 08 de fevereiro de 2021, e nº 0192 de 03 de maio de 2022, para que estude possibilidade de enviar um ofício ao Superintendente Regional do Instituto de Colonização e Reforma Agrária (INCRA) solicitando informações quanto a questão da doação ou cessão de uso para o Município de Morretes de uma área localizada na parte do lote 35, no PA – Nhundiaquara da Gleba Central, com aproximadamente 8,8400 hectares, nas coordenadas planas relativas, UTM 715.535.3917 e 781.413.9408.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5530/indicacao_n_074-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5530/indicacao_n_074-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação realizada ao Chefe do Poder Executivo Municipal, por meio das Indicações: nº 0219 de 27 de maio de 2019 e nº 0021 de 08 de fevereiro de 2021, que solicite à Secretaria competente para estudar a possibilidade de implantar um programa municipal de castração para animais domésticos “cães e gatos”.</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Isael Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5543/indicacao_n_075-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5543/indicacao_n_075-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de manutenção na Ponte Pênsil na comunidade do Cupim que liga a Br 277no km 35.</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5544/indicacao_n_076-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5544/indicacao_n_076-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento com reposição de material na estrada das Orquídeas na comunidade do Candonga.</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5545/indicacao_n_077-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5545/indicacao_n_077-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento com reposição de material na estrada dos Fernandes na comunidade do Brejumirim.</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>João Vitor Peluso da Silva</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5546/indicacao_n_078-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5546/indicacao_n_078-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, a disponibilidade de um servidor da saúde que possa buscar os resultados de exames feitos pelos pacientes do nosso município, em Curitiba e demais cidades.</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5547/indicacao_n_079-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5547/indicacao_n_079-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, a manutenção da quadra poliesportiva John Charles Tonetti, localizada no bairro Barro Branco.</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5548/indicacao_n_080-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5548/indicacao_n_080-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de manutenção na Unidade básica de Saúde do Candonga (Pintura e manutenção de tela).</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5549/indicacao_n_081-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5549/indicacao_n_081-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento com reposição de material na estrada Manoel Nunes comunidade do Sambaqui.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5550/indicacao_n_082-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5550/indicacao_n_082-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviço de troca de lâmpada no bairro Colônia Marques, em frente à casa do Senhor Orides, (Poste nº 10305), localizada neste Município.</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5551/indicacao_n_083-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5551/indicacao_n_083-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material, no bairro Sesmaria, neste município.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5552/indicacao_n_084-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5552/indicacao_n_084-2023.pdf</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5553/indicacao_n_085-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5553/indicacao_n_085-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de colocação de manilha e manutenção de bueiro, na km 10 da PR-411, na localidade da Esperança, no município de Morretes.</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5554/indicacao_n_086-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5554/indicacao_n_086-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na Estrada do Rio Seco, localizada no bairro São João da Graciosa, neste município.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5555/indicacao_n_087-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5555/indicacao_n_087-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material, na Estrada do Km – 10, localizada no bairro Esperança.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5556/indicacao_n_088-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5556/indicacao_n_088-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que estude a possibilidade de realizar a limpeza e manutenção da boca de lobo, Na Rua XV próximo ao trailer da Zica Lanches.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5557/indicacao_n_089-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5557/indicacao_n_089-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que estude a possibilidade de ser implantadas lombadas na Estrada do Rocio, na Rua Adolfo Werneck, próximo a pousada vovó Idalina.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/</t>
+    <t>http://sapl.morretes.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que estude a possibilidade da empresa terceirizada, que faça roçada e limpeza, na Estrada da Fartura.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5559/indicacao_n_091-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5559/indicacao_n_091-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que interceda junto a empresa terceirizada, que realize a roçada e limpeza, no Conjunto Habitacional Dr. Sidney Antunes de Oliveira e em toda Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5560/indicacao_n_092-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5560/indicacao_n_092-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, reformar o telhado da Escola Municipal Miguel Schleder, fazer manutenção da parte elétrica, como também a reforma da pintura, tanto externo quanto interno.</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5561/indicacao_n_093-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5561/indicacao_n_093-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar a manutenção da boca de lobo dentro da Escola Municipal Miguel Schleder.</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5562/indicacao_n_094-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5562/indicacao_n_094-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar os tramites burocráticos necessários para a construção de uma quadra poliesportiva coberta; e a instalação de parquinho infantil na Escola Municipal Miguel Schleder.</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5563/indicacao_095-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5563/indicacao_095-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento com reposição de material na estrada do Sarapiá de cima no km32.</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5564/indicacao_096-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5564/indicacao_096-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento com reposição de material e rolo compactador na estrada dos Fideliz que liga a comunidade do Carambiú.</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5565/indicacao_097-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5565/indicacao_097-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de averiguar possível entupimento nas galerias e fazer a manutenção adequada na rua José Moraes, esquina com o Colégio Estadual Rocha Pombo que durante chuvas intensas está intransitável a pé.</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5566/indicacao_098-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5566/indicacao_098-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao DER – Departamento de Estradas de Rodagem para estudar a possibilidade de implementar duas lombadas na passagem de nível da PR 408 próximo da Escola Municipal do Barro Branco km 14, sendo uma lombada antes do trilho sentido Morretes/Antonina e outra depois do trilho no sentido contrário.</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5567/indicacao_099-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5567/indicacao_099-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar um monitor para atender as crianças dentro do ônibus escolar na linha de Barreiros.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5568/indicacao_100-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5568/indicacao_100-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de roçada nas laterais da rua Adalberto Latuf.</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5569/indicacao_101-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5569/indicacao_101-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que promova junto a Secretaria de Ação Social, uma ação em caráter de urgência para a retirada dos alcoolistas das praças e coretos da Cidade, principalmente nas proximidades da Escola Miguel Schleder.</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5570/indicacao_102-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5570/indicacao_102-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar um ponto de ônibus para as crianças que aguardam o transporte escolar no bairro Ceasa.</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5571/indicacao_103-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5571/indicacao_103-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à secretária competente que estude a possibilidade de realizar a manutenção de tapa buracos na ciclovia no Prolongamento da Rua XV com inicio na Rotatória em frente ao Posto Robassa até a passagem de nível em frente ao Material de Construção Nova Aurora.</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5572/indicacao_104-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5572/indicacao_104-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para  que estude a possibilidade  de realizar a elaboração de projetos de pavimentações asfálticas para os bairros Central e Anhaia.</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5573/indicacao_105-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5573/indicacao_105-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que interceda junto à  empresa Sanepar - Companhia de Saneamento do Paraná, para  que estude a possibilidade de realizar a implantação  de saneamento básico nos bairros Central e Anhaia.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5574/indicacao_106-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5574/indicacao_106-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que estude a possibilidade de realizar reformas nos postos de saúde do Município.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5575/indicacao_107-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5575/indicacao_107-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar serviços de reparos na estrada do bairro Bom Jardim, até o Leco, à esquerda do Bom Jardim e ainda a realização de troca do bueiro.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5576/indicacao_108-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5576/indicacao_108-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar serviços de reparos na estrada do bairro Carambiu, na Rota 66, com início na BR 277 no Km 35, até o bairro Anhaia.</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5577/indicacao_109-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5577/indicacao_109-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar serviços de reparos na estrada antes do Irinato na localidade do bairro Sambaqui, à esquerda na estrada que se acessa o  bairro Mundo Novo Saquarema e também até a propriedade dos Mocelim e ainda que realize a troca de bueiros.</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5578/indicacao_110-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5578/indicacao_110-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de roçada e limpeza nos postos de saúde, e nas escolas do Município.</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5579/indicacao_111-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5579/indicacao_111-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que busque a substituição das lixeiras do município danificadas e colocação de novas lixeiras em outros pontos da cidade, buscando facilitar o descarte pelos turistas e moradores.</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5580/indicacao_112-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5580/indicacao_112-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que em dias de risco de enchentes, tenha-se um método de avisar a população moradora dos bairros mais afetados.</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5581/indicacao_113-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5581/indicacao_113-2023.pdf</t>
   </si>
   <si>
     <t>Sugere  que sejam restaurados os pontos de ônibus da cidade, e que novos pontos sejam colocados em locais estratégicos, buscando melhor comodidade da população.</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5582/indicacao_114-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5582/indicacao_114-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, a colocação de uma lombada na rua principal avenida Japir de Freitas no bairro da vila Freitas.</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5583/indicacao_115-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5583/indicacao_115-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar melhorias na travessa Luis Pazinatto no bairro da vila Ferroviária.</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5584/indicacao_116-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5584/indicacao_116-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que encaminhe ao DER – Departamento de Estradas e Rodagem do Paraná, a colocação de manilhas para o escoamento da água Pluvial desde o início do mercado Zanetti, no prolongamento da Rua XV de Novembro até a entrada do Bairro Águas de Março, localizado na Rod Miguel Bufara PR 408.</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5585/indicacao_117-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5585/indicacao_117-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo para que realize o estudo da possibilidade, juntamente com a COPEL, para efetuar o serviço de instalação de redes de baixa tensão, substituição de postes, se necessário, e substituição de lâmpadas de sódio por lâmpadas de LED, iniciando no bairro Porto de Cima, e se estendendo ao bairro São João da Graciosa.</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5586/indicacao_118-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5586/indicacao_118-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de implementar uma faixa elevada nos termos da resolução 495, na rua Conselheiro Sinimbu entre as ruas Padre Saviniano e a rua em frente a Prefeitura.</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5587/indicacao_119-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5587/indicacao_119-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviços de reparos na estrada atras do Bar do Jove na subida do morro da caixa d’água, na localidade do bairro Rio Sagrado.</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5588/indicacao_120-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5588/indicacao_120-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar reparos em um buraco localizado na estrada da comunidade do Km 32, Rio dos Patos e ainda a realização de serviços de reparos em uma manilha quebrada no meio da estrada principal.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5589/indicacao_121-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5589/indicacao_121-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que o Poder Executivo que solicite a secretaria competente a possibilidade de declarar de utilidade pública áreas de terras localizadas no Município de Morretes, conforme modelos normativos em anexo.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5590/indicacao_122-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5590/indicacao_122-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar obra de sinalização com pintura e/ou faixa refletiva em todas as cabeceiras dos pontilhões existentes  em toda a extensão da estrada da Ponte Alta.</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5591/indicacao_123-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5591/indicacao_123-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de roçada nas laterais da estrada da Fartura.</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5592/indicacao_124-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5592/indicacao_124-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de roçada e patrolamento na estrada do Pantanal.</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5593/indicacao_125-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5593/indicacao_125-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feita a reposição de material e Patrolamento na Estrada do Anhaia e toda sua extensão até o Mundo Novo e Rodeio.</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5594/indicacao_n_126-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5594/indicacao_n_126-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito reparo na Estrada do Anhaia na frente do Poleto, com reposição de Matérias, Patrolamento e Rolo compactador.</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5595/indicacao_127-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5595/indicacao_127-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviços de tapa buracos com reposição de material na Rua Valentim Robassa, Rua Vereador Victório Robassa e Rua Odete Malucelli Robassa. Todas localizadas no centro da cidade atrás da loja materiais de construção Robassa.</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5596/indicacao_128-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5596/indicacao_128-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, que seja feito um estudo de viabilidade para a construção de um quebra-molas/lombada na Rua Olavo Francisco Rebello, no Bairro do Rocio.</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5597/indicacao_129-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5597/indicacao_129-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de patrolamento, reposição de material fresado e a viabilidade de Rolo Compactador na estrada atras do Posto Moreira que liga Br 277 as comunidades do Candonga, Canhembora , Brejumirim e Cupim.</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5614/indicacao_n_130-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5614/indicacao_n_130-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, que seja feita a roçada no Posto de Saúde da Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5615/indicacao_n_131-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5615/indicacao_n_131-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de roçada e limpeza em toda a Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5616/indicacao_n_132-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5616/indicacao_n_132-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de roçada e limpeza em toda a extensão da estrada da Ponte Seca.</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5617/indicacao_n_133-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5617/indicacao_n_133-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a desobstrução e limpeza da manilha na Rua das Torres, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5618/indicacao_n_134-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5618/indicacao_n_134-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de limpeza da valeta, em toda a extensão da Vila Meduna.</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5620/indicacao_n_135-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5620/indicacao_n_135-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Competente, bem como ao Departamento Jurídico Municipal para estudar a possibilidade de alterar a Lei Municipal n.º 35/2004 (que dispõe sobre a Concessão do Direito Real de Uso aos moradores da localidade de “Colônia Sítio Grande”) para o fim de converter o direito real de uso em título de propriedade definitiva, seja por meio dos instrumentos da Reurb-E através da legitimação fundiária prevista na Lei Municipal n.º 589/2020 seja por meio da Lei Municipal n.º701/2022, através do Programa Moradia Legal implementado pelo Provimento n.º 02/2020 do Tribunal de Justiça do Estado do Paraná, segue documentos em anexo.</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5621/indicacao_n_136-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5621/indicacao_n_136-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de implantar lixeiras na estrada das canavieiras nos seguintes pontos: próximo a ponte do Candonga, da estrada das Orquídeas, estrada Domício de Paula, Estrada dos Fernandes, Estrada do Morro da Palha, Em frente ao bar Araçá , em frente a Distribuidora Vó Izaura.</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5622/indicacao_n_137-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5622/indicacao_n_137-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente que solicite ao Engenheiro para que se faça o projeto da cabeceira da Ponte do Candonga.</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5623/indicacao_n_138-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5623/indicacao_n_138-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade de se fazer um serviço de manilhamento em alguns pontos na Estrada das Canavieiras, enfrente a igreja São Francisco de Assis, próximo ao Bar ultimo Gole.</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5624/indicacao_n_139-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5624/indicacao_n_139-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para realizar um serviço de limpeza e recuperação de Canaletas na Estrada das Canavieras.</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5625/indicacao_n_140-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5625/indicacao_n_140-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para realizar um serviço de manutenção do asfalto e sinalização na Estrada das Canavieiras, e a possibilidade de se implantar duas lombadas.( em frente a Igreja Assembleia de Deus, e em frente a Associação Amorisa).</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5626/indicacao_n_141-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5626/indicacao_n_141-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a implantação de Rede de baixa tensão e instalação de iluminação pública  em alguns pontos da Estrada das Canavieiras, sendo eles: Antes da pousada Recanto da Terra, próximo ao aviário Ribeiro, e também próximo a residência do Sr Carlos Alberto Lechiski.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5627/indicacao_n_142-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5627/indicacao_n_142-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para que seja feito uma vistoria nos pontos de ônibus instalados na extensão da Estrada das Canavieiras.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5628/indicacao_n_143-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5628/indicacao_n_143-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, que seja realizada limpeza com retirada de entulhos, na Rua Horácio Luiz Pinto, nº 66, Bairro Raia Velha, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5629/indicacao_n_144-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5629/indicacao_n_144-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, que seja realizada a reposição das pranchas nos trampolins na Ponte de ferro, localizada no centro.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5630/indicacao_n_145-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5630/indicacao_n_145-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar a reabertura da entrada de água que abastece o Córrego utilizado pelos agricultores no Bairro do Central.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Vardinho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5631/indicacao_n_146-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5631/indicacao_n_146-2023.pdf</t>
   </si>
   <si>
     <t>Sugerem ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, a Instalação de Câmeras de Monitoramento nos Bairros Central, no entroncamento da estrada Central, com a estrada da Refinaria, na estrada da Martha, no entroncamento da Igreja Assembleia de Deus, qual dá acesso ao Mundo Novo e Pindauva, e em frente ao Mercado Rio Sagrado, em frente a Ponte que liga a comunidade Canhembora e Cupim, neste município.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5632/indicacao_n_147-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5632/indicacao_n_147-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de providenciar bebedouros para todas as escolas municipais.</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5633/indicacao_n_148-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5633/indicacao_n_148-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito a substituição de lâmpadas de sódio por lâmpadas de LED na Estrada do Anhaia e se estendendo até o Rio do Pinto.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5634/indicacao_n_149-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5634/indicacao_n_149-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam instaladas iluminação pública, na Estrada da Ponte Seca.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5635/indicacao_n_150-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5635/indicacao_n_150-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de limpeza de valeta, na Rua da Igreja Nossa Senhora Aparecida número 10, em frente o Bar da Cleusa, localizado no Bairro de Barreiros.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5636/indicacao_n_151-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5636/indicacao_n_151-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Legislativo Municipal que encaminhe ao Poder Executivo, a viabilidade de fazer um estudo técnico para a implantação de fossas ecológicas, na localidade do loteamento do Florindo.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5637/indicacao_n_152-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5637/indicacao_n_152-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviço de manutenção no poste nº 10305, no bairro Colônia Marques, em frente à casa do Senhor Orides, localizada neste Município.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5638/indicacao_n_153-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5638/indicacao_n_153-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar a reforma da ponte grande no bairro Cruz Alta.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5642/indicacao_n_154-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5642/indicacao_n_154-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE A CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE A SECRETARIA MUNICIPAL COMPETENTE, PARA PROCEDER A IMPLANTAÇÃO DA PLACA QUE DENOMINAM AS RUAS NO PERÍMETRO URBANO DO SAMBAQUI: AVENIDA ARAPONGA, RUA DO BEIJA FLOR, RUA JOÃO DE BARRO, RUA DAS GAIVOTAS, RUA GRALHA AZUL, RUA DOS PERIQUITOS E RUA BEM-TE-VI.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5643/indicacao_n_155-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5643/indicacao_n_155-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE A POSSIBILIDADE, DE SE FAZER UM SERVIÇO DE RETIRADA DE ENTULHOS E ÁRVORES NA ESCOLA DESAUDA BOSCO DA COSTA PINTO.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5644/indicacao_n_156-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5644/indicacao_n_156-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE A SECRETARIA COMPETENTE PARA ESTUDAR A POSSIBILIDADE DE EXECUTAR A INSTALAÇÃO DE UMA BOCA DE LOBO EM FRENTE AO POSTO DE SAÚDE DA VILA DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5645/indicacao_n_157-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5645/indicacao_n_157-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE, REPOSIÇÃO DE MATERIAL NA RUA MARIA PORCIDES, NO BAIRRO JARDIM DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5646/indicacao_n_158-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5646/indicacao_n_158-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE SOLICITE A SECRETARIA COMPETENTE, A POSSIBILIDADE DE VACINAÇÃO DO COVID UMA VEZ POR SEMANA NAS UNIDADES BÁSICAS DE SAÚDE DAS ÁREAS RURAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5647/indicacao_n_159-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5647/indicacao_n_159-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO PARA QUE REALIZE O ESTUDO DA POSSIBILIDADE, JUNTAMENTE COM A COPEL, PARA EFETUAR O SERVIÇO DE INSTALAÇÃO DE REDES DE BAIXA TENSÃO, SE NECESSÁRIO, E INSTALAÇÃO DE REFLETORES DE LED NO CAMPINHO DO CEASA, LOCAL ESSE UTILIZADO TAMBÉM PRA RECREAÇÃO DAS CRIANÇAS DA LOCALIDADE</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5648/indicacao_n_160-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5648/indicacao_n_160-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE, PARA ESTUDAR A POSSIBILIDADE DE REALIZAR SERVIÇOS DE TAPA BURACOS COM REPOSIÇÃO DE MATERIAL NA RUA ROBERTO URBICK, BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5649/indicacao_n_161-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5649/indicacao_n_161-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE SOLICITE À SECRETARIA COMPETENTE, PARA QUE ESTUDE A POSSIBILIDADE DE RETORNAR COM AS AULAS DE FUTSAL PARA AS CRIANÇAS.</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5650/indicacao_n_162-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5650/indicacao_n_162-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE A SECRETARIA RESPONSÁVEL QUE PROVIDENCIE QUE OS PARALELEPÍPEDOS DA VILA SANTO ANTÔNIO SEJAM ARRUMADOS, BUSCANDO MELHOR COMODIDADE E MENOS RISCO AOS TRANSEUNTES.</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5651/indicacao_n_163-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5651/indicacao_n_163-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE A SECRETARIA COMPETENTE, QUE BUSQUE A COLOCAÇÃO DE LIXEIRAS GRANDES, COM TAMPA, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5652/indicacao_n_164-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5652/indicacao_n_164-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE A SECRETARIA RESPONSÁVEL, PROVIDENCIAR MELHORIAS NA RUA JOÃO DE RAMOS, NO BAIRRO PORTO DE CIMA.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5655/indicacao_n_165-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5655/indicacao_n_165-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que seja estudada a possibilidade de contratação de vigilantes escolares com o objetivo de garantir a segurança das crianças no ambiente escolar municipal.</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5656/indicacao_n_166-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5656/indicacao_n_166-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar melhorias no sistema de iluminação do bicicletário e estacionamento de moto do terminal rodoviário.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5657/indicacao_n_167-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5657/indicacao_n_167-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de providenciar uma tenda ou cobertura definitiva para feira do produtor que acontece toda sexta-feira em frente à Prefeitura.</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5658/indicacao_n_168-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5658/indicacao_n_168-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar  vistoria geral com troca de lâmpadas e reatores no Bairro Ponte Alta.</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5659/indicacao_n_169-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5659/indicacao_n_169-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar com urgência a colocação de material fresado, juntamente com serviço de patrolamento em toda a extensão das ruas localizadas no  bairro Bom Jardim, neste Município.</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5660/indicacao_n_170-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5660/indicacao_n_170-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja removido o material da Rua Maria Porcides Alves, que seja colocado mais material e feito patrolamento e se possível que passe o rolo compactador.</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5661/indicacao_n_171-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5661/indicacao_n_171-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feita reparos nas Ruas das Sesmaria com colocação de material e patrolamento, e no final da rua, que seja feita um serviço que possibilite os motoristas manobrarem seus veículos.</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5662/indicacao_n_172-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5662/indicacao_n_172-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de solicitar ao DER (Departamento de Estradas de Rodagem), a autorização da colocação de manilhas ou placas de concreto no canteiro central da BR 277.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5663/indicacao_n_173-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5663/indicacao_n_173-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a cerca da escola, a mesma se encontra caída, na comunidade do Anhaia.</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5664/indicacao_n_174-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5664/indicacao_n_174-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar luz pública com braços e lâmpadas no loteamento Foltran na Ponte Alta.</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5665/indicacao_n_175-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5665/indicacao_n_175-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de construir uma lombada antes da escola e uma depois, na comunidade do Anhaia.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5666/indicacao_n_176-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5666/indicacao_n_176-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, solucionar o problema de esgoto a céu aberto, no bairro da Vila Freitas.</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5667/indicacao_n_177-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5667/indicacao_n_177-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a instalação de placas de carga e descarga com previsão de horários na Rua Visconde do Rio Branco, conforme artigo 2° do inciso III, da Lei Complementar nº 40/2018.</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5668/indicacao_n_178-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5668/indicacao_n_178-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de aquisição de luminárias solares para instalação nas localidades aonde não contemplam baixa tensão.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5682/indicacao_n_179-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5682/indicacao_n_179-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de fazer a troca da placa do espaço da Policia Militar que se encontra na Rua: XV de Novembro ao lado da loja 3B, para o lado do Banco Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5683/indicacao_n_180-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5683/indicacao_n_180-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de instalação de um bueiro no Bairro Anhaia em frente ao engenho do Diquinho.</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5684/indicacao_n_181-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5684/indicacao_n_181-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de realizar serviços de patrolamento com reposição de material na Rua Adalberto Latuf no Jardim das Palmeiras.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5685/indicacao_n_182-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5685/indicacao_n_182-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de aquisição de cadeirinhas para serem instaladas/adaptadas nos ônibus escolares para atendimento dos alunos da creche (CMEI).</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5686/indicacao_n_183-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5686/indicacao_n_183-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de construir uma cerca atras da Escola Dr Luiz Fernando de Freitas, também da colocação de grades no muro da frente.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5687/indicacao_n_184-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5687/indicacao_n_184-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a secretaria competente para estudar a possibilidade de implantar o estacionamento com a devida sinalização, de embarque e desembarque na Rua Almirante 	Frederico de Oliveira, em frente a Apae, Bem como estacionamento exclusivo para veículos da Apae na Rua Gabriela de Souza Nogueira.</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5688/indicacao_n_185-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5688/indicacao_n_185-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de construir uma ponte pênsil na comunidade Colônia Marques que liga a Comunidade do Central.</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5689/indicacao_n_186-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5689/indicacao_n_186-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite á Secretaria competente para estudar a possibilidade de realizar a implantação de uma lombada ou redutor de velocidade, na Rua Henrique Corrêa Lima, esquina com a Rua Pedro Baraúna nas proximidades da mercearia do Ede Nogarolli, na Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5690/indicacao_n_187-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5690/indicacao_n_187-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de refazer a pintura das faixas na rua Dr. Pedro Baraúna, localizada em frente à Escola Municipal Dr. Luiz Fernando de Freitas, no bairro Vila dos Ferroviários, neste munícipio.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5691/indicacao_n_188-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5691/indicacao_n_188-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite á Secretaria competente para estudar a possibilidade de realizar a coleta de entulhos (madeira, plásticos, lixo etc...), na frente ao Campo do Botafogo, localizado no Porto de Cima.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5692/indicacao_n_189-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5692/indicacao_n_189-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de recolocação/reposição dos blocos na rua Cesar Alpendre, na Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5693/indicacao_n_190-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5693/indicacao_n_190-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material, na rua Arlindo de Casto, na Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5694/indicacao_n_191-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5694/indicacao_n_191-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar com urgência o serviço de patrolamento em toda a extensão da rua Marumbi, rua da Igreja Evangélio Quadrangular, no bairro porto de cima, neste Município.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5695/indicacao_n_192-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5695/indicacao_n_192-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente, a reposição de material na Rua Antônio Marques da Silva no_x000D_
 Condomínio JM, localizado na Vila das Palmeiras, foto em anexo.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5696/indicacao_n_193-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5696/indicacao_n_193-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que elabore uma notificação dirigida à empresa RUMO S.A, para que a mesma cumpra com suas obrigações referentes à limpeza e manutenção das margens das ferrovias, principalmente nos locais que veículos atravessam por cima da mesma.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5697/indicacao_n_194-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5697/indicacao_n_194-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de instalação de grades de segurança nas janelas da Escola Municipal Miguel Schleder.</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5698/indicacao_195-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5698/indicacao_195-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que comunique a Copel sobre as frequentes quedas de energia no bairro barreiros e interceda na poda das arvores da margem da estrada, pois estas com o vento encostam na fiação de luz ocasionando queda de energia.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5699/indicacao_196-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5699/indicacao_196-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que interceda junto a empresa Sanepar para realizar com urgência a recolocação dos parelelepípedos em via pública, localizado na rua Cesar Alpendre, no bairro vila dos ferroviários, em frente a Floricultura. Após a execução das obras, a empresa prestadora de serviços da Sanepar não cumpriu as normas dispostas na Lei Municipal n°478 de 23 de maio de 2017, no que se refere a finalização de obras em logradouros públicos.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5700/indicacao_197-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5700/indicacao_197-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar troca das lâmpadas no prolongamento da Raia Velha, no final do asfalto, até a casa do Sr. Percel.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5701/indicacao_198-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5701/indicacao_198-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento na Estrada do Acesso Salto Fortuna.</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5702/indicacao_199-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5702/indicacao_199-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento na Estrada do Carambíu.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5704/indicacao_200-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5704/indicacao_200-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que faça uma vistoria na ponte de concreto na localidade da pedra preta, que liga Marumbi a Fartura.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5705/indicacao_201-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5705/indicacao_201-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que faça uma vistoria na ponte de concreto sobre o rio Marumbi na localidade da Cruz Alta/Pantanal.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5706/indicacao_202-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5706/indicacao_202-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de se fazer um serviço de poda de arvores da estrada do Pitinga (rua atras do posto Moreira) até a Igreja São Francisco de Assis na comunidade do Candonga.</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5707/indicacao_203-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5707/indicacao_203-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que interceda junto ao DER a possibilidade de autorização para construção de dois pontos de ônibus, sendo um na entrada da estrada da Refinaria e outro em frente ao bairro Ceasa, ambos na Rodovia Mário Marcondes Lobo PR-411.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5708/indicacao_204-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5708/indicacao_204-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade 	de colocar grama sintética nos Parques de crianças existentes, em frente ao Posto de Saúde e também na entrada da cidade no canteiro central no Município de Morretes.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5709/indicacao_205-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5709/indicacao_205-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar os seguintes serviços na comunidade do Pindaúva;_x000D_
 •	Podar todas as árvores da estrada;_x000D_
 •	Colocação de manilha na cabeceira dos bueiros no início da estrada, próximo a Br 277 e também depois do bar do Paulo.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5710/indicacao_206-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5710/indicacao_206-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a secretaria competente para estudar a possibilidade de instalar uma iluminação pública na academia ao ar livre que esta instalada ao lado da unidade básica de saúde do Candonga.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5711/indicacao_207-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5711/indicacao_207-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade da Construção de uma Rotatória no cruzamento entre a Rua Almirante Frederico de Oliveira e Rodovia Deputado Miguel Bufara PR-408 no Município de Morretes.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5712/indicacao_208-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5712/indicacao_208-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a reforma e pintura das mesas localizadas na baixada da Rua das Flores.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5728/indicacao_209-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5728/indicacao_209-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente estudar a possibilidade da instalação de um bebedouro na Rodoviária de Morretes</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5729/indicacao_210-2013.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5729/indicacao_210-2013.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente a instalação de uma placa “Pare” e outra “Dê a Preferência” na Rua Padre Saviniano esquina com a Rua Antônio Vieira dos Santos.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5730/indicacao_211-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5730/indicacao_211-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite urgentemente a Secretaria responsável, uma avaliação na Rua Marcos Maluceli no bairro da Vila Ferroviária, passando o trilho 30m ao lado esquerdo, sentido américa.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5731/indicacao_212-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5731/indicacao_212-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, a instalação de um poste e um contador na Capela Mortuária do cemitério Santa Esperança, localizado no Bairro Central.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5732/indicacao_213-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5732/indicacao_213-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à empresa Rumo, pedindo para estudar a possibilidade de manter sempre roçada a passagem de nível da Rod. Dep. Miguel Bufara, próximo ao Materiais de Construção Nova Aurora.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5733/indicacao_214-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5733/indicacao_214-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar Iluminação de ambos os lados da passagem de nível  da Rod. Dep. Miguel Bufara, próximo ao materiais de construção Nova Aurora, assim evitando acidentes .</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5734/indicacao_215-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5734/indicacao_215-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao órgão competente para estudar a possibilidade de se fazer um serviço de manutenção na Ponte do Bom Jardim.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5735/indicacao_216-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5735/indicacao_216-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar melhorias como limpeza e tapa buracos ou patrolamento, na Rua Arlindo de Castro, no bairro Vila Ferroviária.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5736/indicacao_217-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5736/indicacao_217-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que seja arrumado o bueiro em frente o CMEI, no bairro Vila Santo Antônio.</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5744/indicacao_218-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5744/indicacao_218-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar o serviço de melhorias no acesso que passa por baixo da BR 277, próximo a empresa de Fertilizantes.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5745/indicacao_219-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5745/indicacao_219-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de construir um bueiro de 0,60m com 7 manilhas na comunidade do Pantanal, próximo a propriedade de Jusara Ponteado.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Mauro Cardoso de Pontes, Isael Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5746/indicacao_220-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5746/indicacao_220-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo para que realize o estudo da possibilidade, juntamente com a COPEL, para efetuar o serviço de instalação de redes de baixa tensão, se necessário, e instalação de refletores de LED na quadra de areia anexa ao Estádio José Lourenço Malucelli - Ferroviário Atletico Club, localizado na Vila dos Ferroviários, neste Município.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5747/indicacao_221-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5747/indicacao_221-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao DER que faça uma verificação na rodovia Mario Marcondes Lobo, PR 411 (Reta do Porto), acerca das placas de sinalização.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5748/indicacao_222-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5748/indicacao_222-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente que verifique e faça a manutenção pertinente na iluminação pública no bairro do Ceasa.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5749/indicacao_223-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5749/indicacao_223-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, a colocação de uma lombada na Rua Adalberto Latuf, no bairro da vila das Palmeiras.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5750/indicacao_224-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5750/indicacao_224-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possibilidade de realizar serviços de pintura e manutenção na unidade de saúde situada no bairro América de baixo, localizada neste Município.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5751/indicacao_225-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5751/indicacao_225-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente que promova campanha e incentivo e conscientização de separação do lixo reciclável em todo o Município.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5758/indicacao_226-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5758/indicacao_226-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao órgão competente para estudar a possibilidade de se fazer um serviço de patrolamento com reposição de material e serviço com o rolo compactador na Estrada Morro do Sagrado, Br 277 km 35 sentido Curitiba.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5759/indicacao_227-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5759/indicacao_227-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao DER – Departamento de Estradas de Rodagem para estudar a possibilidade de implementar placas indicativas nas entradas da cidade de Morretes em ambos os sentidos na BR 277.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5760/indicacao_228-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5760/indicacao_228-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a retirada dos semáforos instalados nas pontes metálicas sobre o Rio Nhundiaquara localizadas no Centro e no Porto de Cima.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5761/indicacao_229-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5761/indicacao_229-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar 2 (dois) manilhas em 2 (dois) bueiros na entrada do Capituva.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5762/indicacao_230-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5762/indicacao_230-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de instalação de sinalização com placas de “proibido estacionar” à esquerda da via na rua Fernando Amaro entre o Largo Lamenha Lins e a rua Conselheiro Sinimbu e por todo o centro da cidade em pontos estratégicos já definidos pela Lei, porém não sinalizados.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5763/indicacao_231-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5763/indicacao_231-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que seja arrumado o bueiro da Rua Horácio Luís Pinto, no bairro Raia Velha.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5764/indicacao_232-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5764/indicacao_232-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para colocação de uma placa de orientação de destino, Curitiba via BR 277 e Serra da Graciosa, na Rua Conselheiro Sinimbu de frente para a Rua Coronel Rômulo José Pereira.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5765/indicacao_233-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5765/indicacao_233-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente disponibilizar o caminhão Pipa 3 vezes por semana para molhar as estradas do Central e Refinaria em períodos de seca.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5766/indicacao_234-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5766/indicacao_234-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de realizar serviços de patrolamento com reposição de material na Estrada do Bom Jardim.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5767/indicacao_235-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5767/indicacao_235-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente que estude a possibilidade de implantação de vagas de embarque e desembarque na Rua Coronel Modesto em frente ao Colégio Rocha Pombo.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5770/indicacao_236-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5770/indicacao_236-2023.pdf</t>
   </si>
   <si>
     <t>Reitero a solicitação realizada na data de 06/04/2023 por meio da indicação nº 0169/2023 que sugeriu o serviço da colocação de material fresado, juntamente com serviço de patrolamento em toda a extensão das ruas localizadas no bairro Bom Jardim, neste Município.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5771/indicacao_237-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5771/indicacao_237-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que na Rodovia Deputado Miguel Bufara, PR 408, prolongamento da rua XV de novembro no trecho compreendido entre a Ponte do Rio Marumbi até o trilho ao lado do material de construção nova aurora, que seja efetuada limpeza dos acostamentos.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5772/indicacao_238-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5772/indicacao_238-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo, a possibilidade de ampliação de rede de água, na localidade do Loteamento do Rio do Pinto.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5776/indicacao_n_239-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5776/indicacao_n_239-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada da família dos Machados no Sambaqui, a 1° a esquerda depois da Escola da Marta.</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5777/indicacao_n_240-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5777/indicacao_n_240-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao órgão competente para estudar a possibilidade de fazer um serviço de patrolamento com reposição de material e roçada na estrada do Sarapia 2.</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5778/indicacao_n_241-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5778/indicacao_n_241-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que proíba o estacionamento de ônibus na Rua Conselheiro Sinimbu.</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5779/indicacao_n_242-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5779/indicacao_n_242-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar melhorias como limpeza e tapa buracos ou patrolamento, na Rua Adalberto Latuf, no bairro da Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>João Vitor Peluso da Silva, Isael Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5780/indicacao_n_243-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5780/indicacao_n_243-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que seja implementado nas unidades básicas de saúde, um meio de comunicação com os pacientes eficaz a fim de informações para acerca de seus exames, atendimentos médicos, confirmação de consulta, prescrição de medicamentos e outros assuntos relacionados à saúde e bem-esta da população.</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5782/indicacao_n_244-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5782/indicacao_n_244-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de patrolamento e reposição de material na rua Beija-Flor no Bairro Sambaqui.</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5783/indicacao_n_245-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5783/indicacao_n_245-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar a colocação de material  na passagem de nível, localizada no bairro Vila dos Ferroviários, neste Município.</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5784/indicacao_n_246-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5784/indicacao_n_246-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar 03 caminhões de material antes da ponte que dá acesso a comunidade do bom jardim, próximo a propriedade do senhor Alfires. Para cobrir uma pedra grande no local.</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5785/indicacao_n_247-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5785/indicacao_n_247-2023.pdf</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5786/indicacao_n_248-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5786/indicacao_n_248-2023.pdf</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5787/indicacao_n_249-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5787/indicacao_n_249-2023.pdf</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5788/indicacao_n_250-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5788/indicacao_n_250-2023.pdf</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5789/indicacao_n_251-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5789/indicacao_n_251-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para proibir o estacionamento de veículos em frente ao antigo prédio da ação social localizado na Rua das Flores, em conformidade com a Lei do IPHAN (Instituto do Patrimônio Histórico e Artísitico Nacional).</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, a fim de realizar uma limpeza adequada e instalar luminárias debaixo da ponte localizada na Rodovia Deputado Miguel Bufara PR 408.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5791/indicacao_n_253-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5791/indicacao_n_253-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, seja acionada a fim de realizar a conclusão da pintura e a devida limpeza na parte de baixo da ponte localizada na Rodovia Deputado Miguel Bufara PR 408.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5792/indicacao_n_254-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5792/indicacao_n_254-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que seja feita uma operação “tapa buracos” em frente ao ponto de ônibus próximo ao AMAS, no Prolongamento da Rua XV de Novembro, Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5793/indicacao_n_255-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5793/indicacao_n_255-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade, de se fazer um serviço de retirada de entulhos na Vila Florindo.</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5794/indicacao_n_256-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5794/indicacao_n_256-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, a aquisição urgente de um aparelho de Ultrassonografia para o Hospital e Maternidade Dr. Alcídio Bortolin.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5795/indicacao_n_257-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5795/indicacao_n_257-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para troca de manilha que quebrou em um bueiro, a trinta metros depois da escola do Bairro da Fartura.</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5800/indicacao_n_258-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5800/indicacao_n_258-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao órgão competente para estudar a possibilidade de realizar uma limpeza e desassoreamento do Rio Macaquinho, no bairro Raia Velha.</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5801/indicacao_n_259-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5801/indicacao_n_259-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao órgão competente para estudar a possibilidade de realizar um serviço de manutenção do bueiro na rua Roberto Urbick, no bairro Barro Branco.</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5802/indicacao_n_260-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5802/indicacao_n_260-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviços de troca de lâmpada, na descida do bairro Raia Velha, na rua Horácio Luis Pinto, em frente à casa da Sra. Mayze, localizada neste Município.</t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5803/indicacao_261-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5803/indicacao_261-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviços de tapa buraco juntamente com a colocação de material fresado, em toda a extensão da Rua Raquel Porcides Pires, no Bairro Sítio do Campo, localizada neste Município.</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5804/indicacao_n_262-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5804/indicacao_n_262-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar serviços de roçada, em toda a extensão das laterais da Rua Raquel Porcides Pires, no Bairro Sítio do Campo, localizada neste Município.</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de implantar extensão de rede de baixa tensão, instalação de luminárias, operação tapa buracos e pintura de faixas no asfalto na Estrada de Barreiros.</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5806/indicacao_n_264-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5806/indicacao_n_264-2023.pdf</t>
   </si>
   <si>
     <t>Reitero a solicitação realizada ao Chefe do Poder Executivo Municipal por meio da Indicação nº 0009 de 13 Janeiro de 2023, solicitando celeridade na restauração das duas pontes pênsil localizadas no bairro Central.</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5807/indicacao_n_265-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5807/indicacao_n_265-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de instalação de duas luminárias na Estrada Sitio Nova Itália localizada no bairro Central.</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5808/indicacao_n_266-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5808/indicacao_n_266-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a secretaria competente para estudar a possibilidade de se fazer um serviço de manutenção na estrada que liga a br 277 a comunidade do Rio Sagrado (Rua atrás do Posto Moreira) e também a possibilidade de fazer um serviço de limpeza no córrego ao lado da estrada.</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5809/indicacao_n_267-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5809/indicacao_n_267-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam implantadas pontos de ônibus, as margens da Rodovia Miguel Bufara PR 408 em ambos lados, no bairro, núcleo Rio do Pinto, de um lado onde inicia a Estrada do Anhaia, e do outro lado, onde inicia a estrada do areal, na estrada da Ponte seca, reiterando a indicação 0032/2023.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5810/indicacao_n_268-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5810/indicacao_n_268-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja implantadas lombadas na Estrada do Anhaia, na Rua João David Bussetti, Nucleo Rio do Pinto, reiterando a indicação 0031/2023.</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5811/indicacao_n_269-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5811/indicacao_n_269-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que encaminhe à Concessionária de energia elétrica COPEL (Companhia Paranaense de Energia), a instalação de Rede de baixa tensão no Bairro Ponte Seca.</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5812/indicacao_n_270-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5812/indicacao_n_270-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, a instalação de uma nova lixeira na BR 277 KM 36.</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5813/indicacao_n_271-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5813/indicacao_n_271-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que seja realizada a pintura da frente e das laterais do muro da prefeitura municipal, que se encontra em situação precária.</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5814/indicacao_n_272-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5814/indicacao_n_272-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente a possibilidade, de se fazer um serviço de retirada de entulho na Rua Francisco Alves Pereira, localizado no Sítio do Campo.</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5819/indicacao_n_273-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5819/indicacao_n_273-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo, que encaminhe a Empresa Concessionária do Serviço de Abastecimento de Água e Saneamento do Município – SANEPAR a possibilidade de ampliação de rede de água, na estrada do Santa Fé.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5820/indicacao_n_274-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5820/indicacao_n_274-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente a continuidade da extensão de rede de baixa tensão e instalação de luminárias públicas na Estrada Central a partir da Fundação Giovanni Malucelli até o ultimo morador.</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5821/indicacao_n_275-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5821/indicacao_n_275-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de realizar serviços de reposição de material e aplicação do rolo compactador na Rua dos Italianos localizada no bairro Central.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5822/indicacao_n_276-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5822/indicacao_n_276-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente realizar serviços de poda de árvores na Estrada da Refinaria localizada no Bairro Central.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5825/indicacao_n_277-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5825/indicacao_n_277-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que sejam tomadas as providencias necessárias a fim de transferir as secretarias atualmente sediadas na Casa Rocha Pombo para outro prédio do município, e que este prédio histórico, seja utilizado para a implementação da casa da memória Morretense, projeto este já apresentado anteriormente aos antigos secretários das pastas.</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5826/indicacao_n_278-2023_2.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5826/indicacao_n_278-2023_2.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, providenciar melhorias como limpeza e tapa buracos ou patrolamento, na Rua Luciano Robassa, da Reta do Porto, até a casa do Júlio Shingo.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5827/indicacao_n_279-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5827/indicacao_n_279-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para a colocação de placas de nomeação de rua no bairro Portal das Américas.</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5828/indicacao_n_280-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5828/indicacao_n_280-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, na comunidade do Anhaia os seguintes serviços._x000D_
 1. Arrumar as cabeceiras do bueiro, em frente à igreja São Sebastião do Anhaia._x000D_
 2. Colocação de uma lixeira na entrada da estrada que dá acesso a propriedade do Mauricio Scucatto, Anhaia.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5829/indicacao_n_281-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5829/indicacao_n_281-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que se instalem uma lixeira grande no final do asfalto, na comunidade do Candonga (Estrada das Canavieiras)_x000D_
 Obs. Lixeira perto do rio e precisa urgentemente uma nova para não cair os lixos nas águas.</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5830/indicacao_n_282-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5830/indicacao_n_282-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de instalar uma placa de sinalização “proibido caminhões” na Rua Eulálio Alves da Cruz esquina com a Rua Adolfo Werneck no Bairro do Rocio.</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5831/indicacao_n_283-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5831/indicacao_n_283-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação realizada ao Chefe do Poder Executivo Municipal por meio da Indicação nº 0096 de 11 de março de 2022, que solicite à Secretaria competente para estudar a possibilidade de realizar a implantação de duas placas de sinalização de Rua sem saída na Rua General Carneiro, uma sentido  Igreja Matriz e outra sentido Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5832/indicacao_n_284-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5832/indicacao_n_284-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de realizar serviços de patrolamento com reposição de material fresado e aplicação de rolo compactador na Rua João de Ramos na Vila Ramos, Reta do Porto.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5833/indicacao_n_285-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5833/indicacao_n_285-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria para realizar serviços de reparos na estrada da Estrada da América, em frente ao caldo de cana do Lôlo, onde inicia ao lado do Ailton e finaliza na Igreja Evangélica.</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5838/indicacao_n_286-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5838/indicacao_n_286-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada das Canavieiras, depois do bar do Luiz, subindo as Canavieiras, bem como realizar manutenções na construção da ponte do rio da palha na mesma estrada.</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5839/indicacao_n_287-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5839/indicacao_n_287-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de encaminhar um ofício ao Incra, para que o mesmo proceda a regularização fundiária das terras da serra da igreja no Rio Sagrado de Cima, alto do Sagrado e Cupim neste munícipio.</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5840/indicacao_n_288-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5840/indicacao_n_288-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar serviço de limpeza e retirada de entulhos, na Rua Arlindo de Castro, localizada no bairro Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5850/289.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5850/289.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, analisar a viabilidade de instalação de um container para descarte de resíduos, na Rua Maria Helena, localizado no Bairro águas de Março.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5851/290.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5851/290.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que providencie a substituição de algumas placas de sinalização na área central de nossa cidade, mais especificamente na intersecção da Rua XV de Novembro com a Rua Coronel Romulo José Pereira, próximo à esquina do Liston.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5852/291.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5852/291.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que se instalem câmera de segurança no hospital e postinhos de saúde.</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5853/292.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5853/292.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente que estude a possibilidade de instalação de Câmeras de monitoramento em frente ao Cemitério Municipal Santa Esperança e no Hospital e Maternidade de Municipal Dr. Alcídio Bortolin.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5854/293.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5854/293.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do Itaperuçu/Cruzeiro com colocação de material.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5855/294.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5855/294.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada no Rio Sagrado, estrada que tem seu início na BR 277 KM 26 e termina na PR 408 no Passa Sete.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5856/295.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5856/295.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de terminar de arrumar a estrada do Sarapia com colocação de material e construção de bueiro.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5857/296.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5857/296.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do Bom Jardim, depois da ponte até o final.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5858/297.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5858/297.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, a realizar manilhamento na valeta próximo a passagem de nível do Rio do Pinto.</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5859/298.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5859/298.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente o desassoreamento do córrego do antigo Engenho localizado no bairro Fortaleza.</t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5860/299.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5860/299.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a mudança do bueiro do córrego do antigo Engenho que cruza a estrada da Fortaleza.</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Eloi Nogueira, Mauro Cardoso de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5861/300.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5861/300.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, que sejam feitos reparos e trocas de lâmpadas que se fizeram necessárias, na localidade da Figueira de braço (entre o São João da Graciosa e até o trevo de Antonina).</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5862/301.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5862/301.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que interceda juntamente ao DER afim de que seja implantada uma lombada eletrônica na PR 408 Rodovia Miguel Bufara em frente a panificadora Francini, aonde liga a vila das palmeiras, ao conjunto Habitacional Dr. Sidney Antunes de Oliveira (Projeto Águas de Março).</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5863/302.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5863/302.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, que seja colocada uma caçamba para lixo na localidade do núcleo rio do Pinto. Na estrada da estrada do Anhaia, local onde especifica. Foto em anexo.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5864/303.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5864/303.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, que seja desobstruído a boca de lobo no início da estrada do Anhaia no bairro Núcleo Rio do Pinto afim de minimizar o acumulo de água.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5865/304.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5865/304.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam feitas as coletas de lixo e retirada de entulhos na Vila das Palmeiras, em frente as casas amarelas, do projeto "Morar Bem".</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5866/305.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5866/305.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo que solicite a secretaria competente a possibilidade de efetuar o serviço de troca de lâmpada no   bairro São João da Graciosa, PR-411, ao lado da banca da Sra. Ingrid</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5867/306.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5867/306.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na rua Ypiranguinha, localizada no bairro São João da Graciosa, ao lado da casa do Sr. Romeu Castanha, neste município.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5868/307.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5868/307.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na rua Luciano Robassa, nas proximidades da Lages Morretes.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5869/308.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5869/308.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de colocação de manilha e manutenção de bueiro, no km 10 da PR-411, na localidade da Esperança, nas proximidades da casa do Sr. “BIC”, neste município.</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5870/309.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5870/309.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a coleta de entulhos (madeira, plásticos, lixo etc...) e recuperação de meio fio na extensão da Rua Henrique Corrêa Lima, nas proximidades do nº 299 até o final da rua.</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5871/310.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5871/310.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo para que realize o estudo da possibilidade, juntamente com a COPEL, para efetuar o serviço de instalação de redes de baixa tensão, substituição de postes, se necessário, iniciando na Ponte do Rio Ypiranguinha até a casa do Sr. Felipe Machado, na PR-410,  no bairro  São João da Graciosa, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>5872</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5872/311.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5872/311.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na Estrada da Colônia Marques.</t>
   </si>
   <si>
     <t>5873</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5873/312.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5873/312.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na Estrada do Bananal, no Porto de Cima.</t>
   </si>
   <si>
     <t>5874</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5874/313.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5874/313.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente o estudo da possibilidade de realizar o serviço de patrolamento e reposição de material na Estrada das Prainhas , no Porto de Cima.</t>
   </si>
   <si>
     <t>5875</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5875/314.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5875/314.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de reposição de 6 unidades de telha goiva para Escola Luís Fernandes de Freitas, no bairro Vila dos Ferroviários.</t>
   </si>
   <si>
     <t>5887</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5887/indicacao_n_315-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5887/indicacao_n_315-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente estudos de viabilidade técnica para instalação de redutores de velocidade/lombadas na Estrada do Central.</t>
   </si>
   <si>
     <t>5888</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5888/indicacao_n_316-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5888/indicacao_n_316-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a lixeira no KM 32, subida do Cabral na BR 277, Rio Sagrado.</t>
   </si>
   <si>
     <t>5889</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5889/indicacao_n_317-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5889/indicacao_n_317-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar a pintura dos muros da Escola Desauda Bosco da Costa Pinto na Marta.</t>
   </si>
   <si>
     <t>5890</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5890/indicacao_n_318-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5890/indicacao_n_318-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria Competente, manutenção da estrada e reposição de material na rua próximo ao óleo Duto no Caranbiú.</t>
   </si>
   <si>
     <t>5891</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5891/indicacao_n_319-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5891/indicacao_n_319-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar o serviço de poda de árvore no bairro Raia Velha, na Rua Profª. Adélia Carvalho Gualdese, em frente à casa da Senhora Shaiane.</t>
   </si>
   <si>
     <t>5892</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5892/indicacao_n_320-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5892/indicacao_n_320-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possibilidade de realizar o serviço de troca de lâmpada no bairro Sesmaria em frente a Igreja Quadrangular.</t>
   </si>
   <si>
     <t>5893</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5893/indicacao_n_321-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5893/indicacao_n_321-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de fixação de Pix QR Code para pagamentos no banheiro público da Praça dos Imigrantes.</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5894/indicacao_n_322-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5894/indicacao_n_322-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de construir um bueiro na estrada do Cupim no entroncamento da estrada do Alto do Sagrado.</t>
   </si>
   <si>
     <t>5900</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5900/indicacao_n_323-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5900/indicacao_n_323-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de criar um Museu no Município de Morretes/Pr.</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar serviço vistoria completa com trocas de lâmpadas e reatores no Bairro Ceasa.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5902/indicacao_n_325-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5902/indicacao_n_325-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente realizar serviço de pintura das lombadas localizadas na Rodovia Deputado Miguel Bufara PR 408, Reta do Porto.</t>
   </si>
   <si>
     <t>5909</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5909/indicacao_n_326-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5909/indicacao_n_326-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade da colocação de material na rua dos Fernandes, próximo ao posto de saúde na Vila Candonga/Rio Sagrado, com objetivo de terminar o serviço.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5910/indicacao_n_327-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5910/indicacao_n_327-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar colocação de manilhas nas laterais da rua da Estrada do Anhaia, Bairro Fortaleza, próximo a Acomarem – Associação dos Coletores de Materiais Reciclaveis de Morretes, localizada neste Município. Conforme imagem em anexo.</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5911/indicacao_n_328-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5911/indicacao_n_328-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente que tome as medidas necessárias a fim de melhorar a infraestrutura da Rua Maria Porcides Alves, com melhor escoamento de águas fluviais, que seja feito serviço de patrolamento e reposição de material, e também, para maior segurança dos moradores e transeuntes, que seja colocada uma lombada a fim de diminuir a velocidade dos veículos que por ali transitam.</t>
   </si>
   <si>
     <t>5912</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5912/indicacao_n_329-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5912/indicacao_n_329-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para implementação de QR Codes em áreas turísticas do Município em colaboração de historiadores locais, a fim de tornarmos os pontos turísticos de nossa cidade locais interativos com os visitantes, onde estes poderão escanear o código QR e assistir vídeos explicativos do local, ver fotos antigas, relatos de acontecimentos e etc.</t>
   </si>
   <si>
     <t>5916</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5916/indicacao_n_330-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5916/indicacao_n_330-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de criar Museu de História e Artes de Morretes, para tanto segue a minuta de projeto de lei em anexo a fim de dar atendimento a presente solicitação.</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5917/indicacao_n_331-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5917/indicacao_n_331-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar investimentos em galerias pluviais com a implantação de bueiros ou drenos, na Rua Valentim Robassa, Rua Vereador Victório Robassa e Rua Odete Malucelli Robassa, todas localizadas no Centro da Cidade.</t>
   </si>
   <si>
     <t>5918</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5918/indicacao_n_332-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5918/indicacao_n_332-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação realizada ao Chefe do Poder Executivo Municipal por meio da Indicação nº 0235 de 04 de maio de 2021, para estudar a possibilidade de encaminhar a esta Câmara projeto de lei para instituir a vinculação de 50% das receitas referentes às taxas, tarifas e ou contribuições oriundas dos serviços prestados pelo Cemitério Municipal, afim de constituir uma conta especial a ser utilizada somente para a cobertura das despesas indispensáveis de manutenção e conservação do próprio cemitério, assim compreendidas as despesas necessárias à realização de obras, aquisição de materiais e equipamentos.</t>
   </si>
   <si>
     <t>5919</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5919/indicacao_n_333-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5919/indicacao_n_333-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de providenciar ao menos uma das tendas que a prefeitura já possui para feira do produtor que acontece toda sexta-feira em frente à Prefeitura.</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Adolfo Hack</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5920/indicacao_n_334-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5920/indicacao_n_334-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente,para que  seja  feita a coleta  do lixos ( entulhos )  como  galhos de arvores , restos  de materiais de construção e  outros objetos  na Localidade da Rua Horacio Luis Pinto - Bairro Raia Velha .</t>
   </si>
   <si>
     <t>5922</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5922/indicacao_n_335-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5922/indicacao_n_335-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente,para que  seja  feita  a troca de lampadas ( iluminação publica ) , na Localidade  da Reta do Porto de Cima  -  Loteamento  Ramos I , inclusive  em frente  a residencia do Sr. Evaldo Pereira Pinto , onde o vento  deslocaram as lampadas , estão soltas .</t>
   </si>
   <si>
     <t>5924</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5924/indicacao_no_336-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5924/indicacao_no_336-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, que se realize Mutirão de mamografia nas áreas rurais do município.</t>
   </si>
   <si>
     <t>5925</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5925/indicacao_n_337-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5925/indicacao_n_337-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para realizar um decreto municipal a fim de cumprir a instrução normativa (IN) da Receita Federal n° 2.145-2023, onde o município e a fundação municipal de saúde, passarão a reter de prestadores de serviços, fornecimentos de bens, serviços de obras e construção civil, o IMPOSTO DE RENDA diretamente na fonte.</t>
   </si>
   <si>
     <t>5926</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5926/indicacao_n_338-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5926/indicacao_n_338-2023.pdf</t>
   </si>
   <si>
     <t>Reitero a proposição realizada ao Chefe do Poder Executivo Municipal por meio da Indicação nº 0031 de 08 de fevereiro de 2021, para estudar a possibilidade de alterar o horário da coleta de lixo na região Central da Cidade para após as 18h00.</t>
   </si>
   <si>
     <t>5927</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5927/indicacao_n_339-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5927/indicacao_n_339-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite ao DER “Departamento de estradas de Rodagem do Paraná” os consertos das placas indicativas localizadas na Rodovia Mario Marcondes Lobo - PR 411 Reta do Porto.</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5928/indicacao_n_340-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5928/indicacao_n_340-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente estudar a possibilidade de implantação de contra turnos nas Escolas Rurais Municipais.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5931/indicacao_n_341-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5931/indicacao_n_341-2023.pdf</t>
   </si>
   <si>
     <t>Tal solicitação se faz necessária, tendo em vista a segurança dos moradores, já que a referida Estrada, não existe nenhum tipo de iluminação, trazendo assim, insegurança aos moradores.</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5932/indicacao_n_342-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5932/indicacao_n_342-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que faça manutenção e reparos no banheiro da rodoviária.</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5933/indicacao_n_343-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5933/indicacao_n_343-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que sejam feitos reparos e manutenção no banheiro público localizado na Rua das Flores.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5934/indicacao_n_344-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5934/indicacao_n_344-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de trocar as lâmpadas que estão queimadas, na comunidade do Pindaúva, no inicio da estrada no transformador e outra 5(cinco) lâmpadas no morro na entrada do bar do Paulo.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5935/indicacao_n_345-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5935/indicacao_n_345-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar as seguintes estradas:_x000D_
 1.	Estrada que da acesso ao Sambaqui e Marta pela passagem por debaixo da BR 277 no KM 24._x000D_
 2.	Estrada que da acesso ao Mundo Novo pelo Sambaqui e também a estrada do Mocellin até o final, na comunidade do Sambaqui._x000D_
 3.	Estrada que da acesso a caixa d`água na comunidade do Rio Sagrado pela alça do viaduto do KM 29, com inicio na oficina do Antônio mecânico até o bar do Jove._x000D_
 4.	Estrada que da acesso ao KM 32 atrás da proteção de concreto na BR 277, depois da entrada do Cabral.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de que seja feita uma rede de baixa extensão para iluminação pública nas seguintes comunidades:_x000D_
 1.	No Sarapiá, na primeira entrada da BR 277, sentido Morretes._x000D_
 2.	No Pindáuva, da BR 277, até o bar do Miro._x000D_
 3.	Na Floresta, na entrada da BR 277, até o bar da Edileusa.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5938/indicacao_n_347-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5938/indicacao_n_347-2023.pdf</t>
   </si>
   <si>
     <t>Reitero a solicitação realizada na data de 26 de junho de 2023 por meio da indicação n°0260/2023, que sugeriu o serviço de troca de lâmpada, na descida do Bairro Raia Velha, na Rua Horácio Luis Pinto, em frente à casa da Sra. Mayze, localizada neste Município.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5939/indicacao_n_348-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5939/indicacao_n_348-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite à Secretaria competente a possibilidade de realizar serviço de troca de lâmpada, em toda extensão do bairro Marumbi, localizada neste Município.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5940/indicacao_n_349-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5940/indicacao_n_349-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite à Secretaria competente, para estudar a possibilidade de realizar serviço de limpeza nos rios do Bairro Raia Velha, localizado neste Município.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5941/indicacao_n_350-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5941/indicacao_n_350-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite à Secretaria competente a possibilidade de realizar serviço de limpeza e retirada de galhos, em toda extensão do bairro Vila dos Ferroviários, localizado neste Município.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5942/indicacao_n_351-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5942/indicacao_n_351-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite a Empresa Rumo a possiblidade de realizar serviço de roçada, em toda a extensão das lateias da Rua Horácio Luis Pinto, no Bairro Raia Velha, localizada neste Município.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5943/indicacao_n_352-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5943/indicacao_n_352-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de fazer limpeza e desobstrução dos córregos localizados no Bairro no Central.</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito reparos no telhado da Escola Rural Municipal Elias Abraão, comunidade do Carambiú.</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5945/indicacao_n_354-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5945/indicacao_n_354-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito a colocação de lixeiras em frente Escola Rural Municipal Elias Abraão, e no posto de saúde comunidade do Carambiú.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5946/indicacao_n_355-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5946/indicacao_n_355-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito a colocação de material e serviço de patrolamento na Vila Das Palmeiras na Rua Adalberto Latuf no projeto morar bem.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5947/indicacao_n_356-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5947/indicacao_n_356-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, a importância de realizarmos uma homenagem significativa no dia 31 de outubro de 2023 (aniversário de Morretes), ao nosso querido vereador Isael Poeta, que nos deixou este ano. Sua contribuição para nossa comunidade foi inestimável, e seria apropriado prestarmos uma homenagem em reconhecimento de seu trabalho e dedicação.</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5948/indicacao_n_357-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5948/indicacao_n_357-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que sejam tomadas as medidas necessárias, que permitam que a porta da frente do hospital permaneça aberta durante o período noturno, contando com a presença de um segurança, para que os funcionários se sintam seguros.</t>
   </si>
   <si>
     <t>5949</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5949/indicacao_n_358-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5949/indicacao_n_358-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, a que está comunique a SANEPAR acerca da frequente falta de água na Rua Almirante Frederico de Oliveira (Barro Branco), situação está, que tem afetado diretamente a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>5956</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5956/indicacao_n_359-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5956/indicacao_n_359-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE ATENDIMENTO COM SERVIÇOS DE ROÇADA NO CAMPINHO LOCALIZADO NO BAIRRO CEASA E A POSSIBILIDADE DE INSTALAÇÃO DE REFLETORES.</t>
   </si>
   <si>
     <t>5957</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5957/indicacao_n_360-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5957/indicacao_n_360-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE, PARA ESTUDAR A POSSIBILIDADE DE ARRUMAR A ESTRADA QUE DA ACESSO AO CANDONGA, ATRÁS DO POSTO MOREIRA – RIO SAGRADO.</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5958/indicacao_n_361-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5958/indicacao_n_361-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE O ESTUDO DA POSSIBILIDADE DE REALIZAR O SERVIÇO DE RECOLOCAÇÃO/REPOSIÇÃO DOS BLOCOS NA TRAVESSA JOÃO TURIM, EM FRENTE A EMPRESA WILLIAN GÁS.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5959/indicacao_n_362-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5959/indicacao_n_362-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE O ESTUDO DA POSSIBILIDADE DE REALIZAR O SERVIÇO DE PATROLAMENTO E REPOSIÇÃO DE MATERIAL NA RUA LUCIANO ROBASSA, NAS PROXIMIDADES DA LAGES MORRETES, REFORÇANDO O PEDIDO CONFORME INDICAÇÃO DE NÚMERO 307/2023.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5960/indicacao_n_363-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5960/indicacao_n_363-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SOLICITE À SECRETARIA COMPETENTE PARA ESTUDAR A POSSIBILIDADE DE REALIZAR VISTORIA GERAL COM SUBSTITUIÇÃO DE LÂMPADAS E REATORES NA ESTRADA DO CENTRAL.</t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5961/indicacao_n_364-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5961/indicacao_n_364-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada do Sarapiá e abertura de valetas para escoamento da água.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5962/indicacao_n_365-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5962/indicacao_n_365-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, que sejam feitas a colocação de material e serviço de patrolamento na Rua Maria Porcides Alves.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5963/indicacao_n_366-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5963/indicacao_n_366-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para estudar a possibilidade de fazer limpeza e desobstrução da valeta ao lado da linha férrea na Rua Florindo Cardoso.</t>
   </si>
   <si>
     <t>5964</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5964/indicacao_n_367-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5964/indicacao_n_367-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que reforme o quanto antes o banheiro público, localizado na rua das flores, gostaria de chamar a atenção para a situação precária e insalubre do banheiro em nosso município. É uma questão que merece atenção imediata, pois afeta diretamente a qualidade de vida de nossos cidadãos e visitantes.</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5965/indicacao_n_368-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5965/indicacao_n_368-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, para que seja criada uma conta especifica para o banheiro publico localizado na rua das flores, e que os recursos arrecadados com o mesmo, seja completamente revertido para manutenções no local e pequenas reformas, e que sejam aplicados novos métodos de cobrança das taxas de utilização do banheiro, bem como máquina de cartão e QR CODE para pagamento com Pix.</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5966/indicacao_n_369-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5966/indicacao_n_369-2023.pdf</t>
   </si>
   <si>
     <t>Sugere a Chefe do Poder Legislativo Municipal que a mesa diretora da Câmara Municipal considere a devolução de 100 mil reais ao Poder Executivo, com prazo para efetivação até o dia 31 de outubro de 2023, o poder executivo vem enfrentando desafios significativos em relação à disponibilidade de recursos para atender às demandas e necessidades da nossa comunidade, este adiantamento de repasse será essencial para melhor atendimento das necessidades da população.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5967/indicacao_n_370-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5967/indicacao_n_370-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente o estudo da possibilidade de realizar a implantação de uma caçamba de lixo na Reta do Porto em frente à entrada da estrada da Refinaria próximo ao Retiro.</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5968/indicacao_n_371-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5968/indicacao_n_371-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar revisão geral com substituição de lâmpadas e reatores na Colônia Marques em toda extensão.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5969/indicacao_n_372-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5969/indicacao_n_372-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar a restauração do bueiro existente, ou a construção de uma ponte próximo ao rio Nhundiaquara no bairro Colônia Marques, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5970/indicacao_n_373-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5970/indicacao_n_373-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade de realizar patrolamento com reposição de material na estrada do bairro Santa Fé e ainda que seja ampliada a coleta de lixo na presente localidade.</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5990/indicacao_n_374-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5990/indicacao_n_374-2023.pdf</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5991/indicacao_n_375-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5991/indicacao_n_375-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de que o caminhão de lixo comum transite até o bar da Vilma no Sarapiá, 400 metros a mais da onde está passando atualmente. Comunidade do Sarapiá 1.</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5992/indicacao_n_376-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5992/indicacao_n_376-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar a estrada da Canavieiras, depois do asfalto do Candonga, antes da Igreja São Francisco de Assis.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5993/indicacao_n_377-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5993/indicacao_n_377-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que realize a reforma dos equipamentos de ginástica localizados nas Vilas Ferroviária e Vila das Palmeiras.</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5994/indicacao_n_378-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5994/indicacao_n_378-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que realize a manutenção de uma manilha na rua que passa atrás do Posto Moreira. A razão para essa solicitação é a constatação de que a manilha está quebrada, o que causou a formação de um buraco na rua.</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5995/indicacao_n_379-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5995/indicacao_n_379-2023.pdf</t>
   </si>
   <si>
     <t>A Palmeira prestes a cair em frente a escola e a cancha de esporte no bairro, representa diversos perigos potenciais para a segurança das pessoas e do ambiente escolar. Alguns dos perigos incluem:_x000D_
 1.	Ferimentos pessoais: Se a palmeira cair, pode causar ferimentos graves ou até fatais a qualquer pessoa que esteja próxima. Isso é especialmente preocupante perto da escola, onde crianças e adultos frequentemente estão presentes._x000D_
 2.	Danos a propriedades: A queda de uma palmeira pode causar danos significativos a edifícios, veículos e outros objetos próximos, resultando em custos de reparo substanciais._x000D_
 3.	Risco de incêndio: Se a palmeira cair sobre linhas de energia elétrica, pode criar um risco de incêndio, especialmente se houver faíscas ou curtos-circuitos._x000D_
 O pedido de urgência, é para tomar medidas imediatas para avaliar a condição da palmeira e, se necessário, tomar as medidas apropriadas, como a poda ou a remoção segura da árvore. A segurança dos alunos, pais, funcionários e frequenta</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5996/indicacao_n_380-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5996/indicacao_n_380-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de operação de tapa buraco na entrada da estrada do Anhaia, em frente ao posto de gasolina Robassa.</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5997/indicacao_n_381-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5997/indicacao_n_381-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente, a realização de limpeza da valeta, na rua principal da Igreja Nossa Senhora Aparecida, essa valeta fica 200 metros da igreja, localizado no Bairro de Barreiros.</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5998/indicacao_n_382-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5998/indicacao_n_382-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite ao DER – Departamento de Estradas de Rodagem para estudar a possibilidade de implementar um redutor de velocidade na Av. Isabel Moniz Brindaroli - PR 408, após a Copel próximo da curva com a rua Almirante Frederico de Oliveira.</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5999/indicacao_n_383-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5999/indicacao_n_383-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de substituir a placa de táxi por uma de estacionamento para idosos ao lado da sorveteria em frente à Caixa Econômica, na Rua Visconde do Rio Branco.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6000/indicacao_n_384-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6000/indicacao_n_384-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para solicitar a Rumo a implantação de semáforos nas outras passagens férreas iguais a que foi colocado no Sítio do Campo.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6001/indicacao_n_385-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6001/indicacao_n_385-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de trazer novamente para Morretes o PROERD – PROGRAMA EDUCACIONAL DE RESISTÊNCIA ÀS DROGAS.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6002/indicacao_n_386-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6002/indicacao_n_386-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de criação do mercado da família, nos moldes dos que já existem em outros municípios, inclusive em Curitiba e que também já existiu aqui.</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6003/indicacao_n_387-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6003/indicacao_n_387-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possiblidade de realizar o serviço de tapa buraco na Rua Dionizio Gonsalves Nascimento, no bairro Raia Velha, localizada em frente casa da Senhora Rosa, neste Município.</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6004/indicacao_n_388-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6004/indicacao_n_388-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite à Secretaria competente a possibilidade de realizar serviço de troca de lâmpada, em toda extensão da Rua Raquel Porcides Pinto, no Bairro Sítio do Campo, localizada neste Município.</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6005/indicacao_n_389-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6005/indicacao_n_389-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que solicite à Secretaria competente a possibilidade de realizar serviço de limpeza e retirada de galhos, em toda extensão da Rua Langue de Morretes no bairro Vila dos Ferroviários, localizada neste Município.</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6006/indicacao_n_390-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6006/indicacao_n_390-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria Municipal competente, realizar tapa buraco na saída da rua Antônio Grossi, localizado na Vila das Palmeiras.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6007/indicacao_n_391-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6007/indicacao_n_391-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de dispor uma lixeira ou caçamba de lixo na BR 277 KM 30 sentido CTBA, ao lado da praça de pesagem em frente a oficina do Zé.</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6008/indicacao_n_392-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6008/indicacao_n_392-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente e/ou órgão responsável para estudar a possibilidade de fazer seção de uso de um terreno para a prefeitura, situado nas proximidades da estação ferroviária, no bairro Rocio, mais especificamente atrás das “Casas da Rede”, para que a área sirva como estacionamento para ônibus, vans e veículos turísticos.</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6009/indicacao_n_393-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6009/indicacao_n_393-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de realizar serviços de restauração na Ponte Metálica localizada no Centro da Cidade.</t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6010/indicacao_n_394-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6010/indicacao_n_394-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente para estudar a possibilidade de dobrar o número de coletas de lixo orgânico da localidade do Bairro Fortaleza/Ponte Molhada.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6011/indicacao_n_395-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6011/indicacao_n_395-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável que avalie a possibilidade de instalar lixeiras na margem do Rio Nhundiaquara, localizada na Vila Santo Antônio, bem como a colocação de placas educativas orientando as pessoas a não descartarem lixo fora das lixeiras, e principalmente no rio.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6012/indicacao_n_396-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6012/indicacao_n_396-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, e comunique a SANEPAR, para que realize melhorias no bueiro localizado na Rua Conselheiro Sinimbu, mais precisamente na entrada que leva à Rua XV, sentido ao Mercado Araújo.</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6013/indicacao_n_397-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6013/indicacao_n_397-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente,para que  seja  feito  estudo   junto as secretarias e a Copel , para criação e implantação da  Horta Comunitária nos Bairros da Nossa  cidade  de Morretes  PR  .</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6014/indicacao_n_398-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6014/indicacao_n_398-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente para estudar a possibilidade da criação de um espaço esportivo comunitário de acordo com o Novo PAC de 2023 disponibilizado pelo Ministério do Esporte que é composto por: pista para caminhada, campo de futebol society, meia quadra de basquete e parquinho infantil para a região da comunidade do CEASA.</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6015/indicacao_n_399-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6015/indicacao_n_399-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal, que solicite à Secretaria competente, para que seja feito a troca de lâmpada em frente a casa da dona Esmeralda, passando o posto de saúde da América de baixo.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6016/indicacao_n_400-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6016/indicacao_n_400-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal para que estude a possibilidade de realizar a instalação de uma academia a ar livre na praça Maria Angélica, localizada no bairro São João da Graciosa, neste Município.</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6017/indicacao_n_401-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6017/indicacao_n_401-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente,para que  seja  feita  limpeza e manutenção na boca  de lobo e mamilhas  na localidade  morro alto , perto da  igreja Batista em frente a casa da Sra. Andressa  .</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6018/indicacao_n_402-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6018/indicacao_n_402-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria Municipal de Saúde para que estude a possibilidade de realizar o aumento no número de disponibilização de fichas para consultas médicas comuns e emergenciais, nas unidades do Núcleo Integrado de Saúde (NIS) e Postos de Saúde localizados nos bairros.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6019/indicacao_n_403-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6019/indicacao_n_403-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que examine a possibilidade de corrigir na placa de sinalização próximo ao Posto de combustível, placa está, que é vista pelos motoristas que chegam no centro da cidade pela reta do porto, o sentido das setas que sinalizam qual o caminho que deverá ser seguido para a direção das praias e BR-277.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6020/indicacao_n_404-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6020/indicacao_n_404-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que avalie a possibilidade de realizar uma limpeza completa nas calçadas do bairro Vila Ferroviária. Além disso, é crucial que sejam retirados os lixos e entulhos acumulados na região.</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6038/indicacao_n_405-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6038/indicacao_n_405-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de colocar a extensão de rede nas seguintes comunidades;_x000D_
 _x000D_
 •	Bairro Pindaúva;_x000D_
 •	Floresta;_x000D_
 •	Sarapiá 1.</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6039/indicacao_n_406-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6039/indicacao_n_406-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de arrumar os buracos no asfalto nas seguintes comunidades;_x000D_
 _x000D_
 •	Estrada do candonga/canavieira;_x000D_
 •	Estrada do sambaqui;_x000D_
 •	Estrada de barreiros;_x000D_
 •	Pintura das faixas dos mesmos.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6040/indicacao_n_407-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6040/indicacao_n_407-2023.pdf</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6041/indicacao_n_408-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6041/indicacao_n_408-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de encaminhar um oficio a sanepar, para a construção de um micro sistema de água na comunidade do candonga, comunidade esta que da acesso a família dos Fernandes, próximo ao condomínio rio sagrado.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6042/indicacao_n_409-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6042/indicacao_n_409-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de encaminhar um oficio para a sanepar, solicitando 150 hidrômetros para a comunidade do mundo novo saquarema.</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6043/indicacao_n_410-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6043/indicacao_n_410-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria competente, que realize as benfeitorias necessárias para cobrir os buracos na estrada de Barreiros. Essa medida não apenas melhorará a qualidade da via, mas também garantirá condições mais seguras para todos que transitam por essa estrada.</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6044/indicacao_n_411-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6044/indicacao_n_411-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite à Secretaria competente, para estudar a possibilidade de realizar a implantação de um fraldário nas dependências da saúde.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6045/indicacao_n_412-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6045/indicacao_n_412-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao chefe do Poder Executivo Municipal que solicite a Secretaria competente para a instalação de uma Boca de Lobo, na Rua Adalberto Latuffe, próximo a residência do senhor Luiz Santos,  localizado na Vila das Palmeiras, foto, em anexo.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6046/indicacao_n_413-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6046/indicacao_n_413-2023.pdf</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6047/indicacao_n_414-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6047/indicacao_n_414-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo Municipal que solicite a Secretaria responsável, para que providencie melhorias como tapa buracos na Rua Ipiranga, no bairro Porto de Cima, São João da Graciosa.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5537/mocao_001-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5537/mocao_001-2023.pdf</t>
   </si>
   <si>
     <t>A presente proposição visa enaltecer o atleta LINDOMAR DOS SANTOS CORDEIRO, por representar nosso município no 11º CAMPEONATO MUNDIAL DE CAPOEIRA,  que aconteceu em Curitiba, Estado do Paraná, no dia 27 de janeiro de 2023, onde conquistou o título de 2º Lugar no 11º Campeonato Mundial Muzenza.</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5601/mocao_002-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5601/mocao_002-2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO, RECONHECIMENTO E AGRADECIMENTO À CELSO LUIZ GONÇALVES DOS SANTOS” MANIFESTAM SEUS APLAUSOS, RECONHECIMENTO E AGRADECIMENTOS À TRAJETÓRIA DO SR. CELSO LUIZ GONÇALVES DOS SANTOS, DEDICOU 30 ANOS AO SEU MINISTÉRIO ONDE JUBILOU NA ASSEMBLÉIA DE DEUS NO BRASIL SERVINDO AO SENHOR COMPLETANDO 70 ANOS DE IDADE.”</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5602/mocao_003-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5602/mocao_003-2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO, RECONHECIMENTO E AGRADECIMENTO À LAURICE SALOMÃO DE BONA”. MANIFESTAM SEUS APLAUSOS, RECONHECIMENTO E AGRADECIMENTOS À TRAJETÓRIA DA SRA. LAURICE SALOMÃO DE BONA, QUE DEDICOU POR 38 ANOS E MEIO SEUS TRABALHOS À EDUCAÇÃO EM NOSSO MUNICÍPIO, COMO PROFESSORA DE PORTUGUÊS, FRANCÊS E LITERATURA NOMEADA PELO GOVERNO DO ESTADO, ATUOU COMO DIRETORA DO COLÉGIO ESTADUAL ROCHA POMBO, PARTICIPOU ATIVAMENTE DAS FESTIVIDADES CÍVICAS E RELIGIOSAS; ORGANIZOU, APRESENTOU DESFILES ESCOLARES E DIVERSOS EVENTOS CULTURAIS; COMO DIRETORA DE CULTURA DESEMPENHOU TRABALHOS DE PESQUISA HISTÓRICA PRESTANDO DIVERSAS ENTREVISTAS À TV BRASILEIRA E FUNDOU O PROJETO RESGATE DO FANDANGO.”</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5603/mocao_004-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5603/mocao_004-2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE VOTOS DE APLAUSOS E RECONHECIMENTO AO INSTITUTO SHALOM PELO ATENDIMENTO SOCIAL E TRABALHO PRESTADO A COMUNIDADE MORRETENSE - A PRESENTE PROPOSIÇÃO VISA ENALTECER O INSTITUTO SHALON PELOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO MORRETENSE”</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5606/mocao_005-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5606/mocao_005-2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE PESAR – PELO FALECIMENTO DA SENHORA MARIA EMILIA GONÇALVES PETERSEN”.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5641/mocao_006-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5641/mocao_006-2023.pdf</t>
   </si>
   <si>
     <t>Esta digna Casa de Leis, representante do povo Morretense, externa nosso reconhecimento, nossos aplausos e agradecimentos à Sr. Wilson Baumel Filho, pelo brilhante serviço prestado como Professor de MUAYTHAI há mais de 20 anos, no qual das 18 lutas em que participou, ganhou 5 (cinco) troféus, 3 (três) cinturões e 10 (dez) medalhas dos eventos da época e campeonatos internos. Ministrou aulas em nosso Município a mais de 15 anos sendo a única academia especializada em Muaythai, em sua trajetória incluiu diversos alunos em grandes eventos em Curitiba, Santa Catarina e litoral do Paraná trazendo muitos troféus e medalhas. Ministrando aulas totalmente gratuitas para crianças, adolescentes e adultos. Nesse sentido, através desta Moção, gostaria de agradecer por todo trabalho prestado.</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5674/mocao_007-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5674/mocao_007-2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE PESAR – PELO FALECIMENTO DA SENHORA ROSA SANTOS SELLMER”.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5742/mocao_008-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5742/mocao_008-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, no uso de suas atribuições legais apresentam a presente proposição de Reconhecimento, Aplausos e Agradecimento a COMPDEC- COMISSÃO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL, visando enaltecer os serviços prestados por sua equipe que realizou atendimento no dia 18 de abril de 2023, em ocorrência de desobstrução da BR-277, no Município de Morretes, que havia sido totalmente interditada em virtude de um Tombamento de um caminhão, não medindo esforços para que a mesma fosse liberada. Segue em anexo o oficio N°372/2023/DEL01-PR/SPRF-PR- SUPERINTENDÊNCIA DA POLICIA RODOVIARIA FEDERAL NO PARANÁ, parabenizando pelo excelente trabalho prestado nessa ocasião.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5752/proposicao_de_mocao_n_009-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5752/proposicao_de_mocao_n_009-2023.pdf</t>
   </si>
   <si>
     <t>Esta digna Casa de Leis, representante do povo Morretense, externa nosso reconhecimento, nossos aplausos e agradecimentos ao Srs. Policiais da Delegacia de Morretes, aos Senhores André Felipe Rosa da Silva – Delegado, Adriano Damaceno Rodrigues – Escrivão, Antonio Marcos de Souza – Investigador, Fabrício Rodrigues Adaltino – Investigador, Gilberto Henrique Luszczsnky- Investigador, Marcos Vinícius Ribeiro de Andrade – Investigador, Jefferson Cabral Netto Ravedutti - Investigador e Edson  Marinheiro da Silva – Investigador, pelos serviços prestados pelos Policiais Civis de Morretes. É com grande admiração que testemunhamos o profissionalismo, dedicação e empenho demonstrados por estes profissionais, na garantia da segurança e ordem pública em nosso Município.</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
     <t>A Vereadora Luciane Costa Coelho, juntamente com demais Vereadores que abaixo assinam, vem por meio deste prestar a “Moção de Pesar – Pelo falecimento da Senhora Pedrina Maria de Souza, mais conhecida Professora Pedrina”.</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5837/proposicao_de_mocao_n_011-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5837/proposicao_de_mocao_n_011-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo assinam, vem por meio deste, prestar a “Moção de Pesar – Pelo falecimento do Excelentíssimo Senhor Vereador Isael Alves da Silva”.</t>
   </si>
   <si>
     <t>5876</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5876/mocao_n_013-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5876/mocao_n_013-2023.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Morretes, por intermédio dos seus legítimos representantes, os Vereadores abaixo assinado, manifestam profundo pesar pelo falecimento de Paulo Celso Leandro do Couto, ocorrido no dia 29 de julho de 2023, aos 73 anos.</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5915/mocao_n_014-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5915/mocao_n_014-2023.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Morretes, com fulcro no artigo 131 do Regimento Interno, vem apresentar esta MOÇÃO DE REPÚDIO a ser encaminhada ao Supremo Tribunal Federal (STF) contra as razões da Ação de Arguição de Descumprimento de Preceito Fundamental (ADPF) 442 e contra o seu intento de descriminalizar o aborto até a 12ª (décima segunda) semana de gestação, mediante via judicial.</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5986/mocao_n_016-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5986/mocao_n_016-2023.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Morretes, em atenção ao seu compromisso com os princípios e valores que regem nossa sociedade, solicita respeitosamente à Mesa Diretora que encaminhe uma Moção de Apelo ao Congresso Nacional, direcionada ao Excelentíssimo Senhor Rodrigo Pacheco, Presidente do Senado Federal e ao Excelentíssimo Senhor Arthur Lira, Presidente da Câmara dos Deputados, solicitando à estes que se dignem distribuir cópia da presente moção a todos os integrantes dos respectivos poderes, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5612/decreto_13-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5612/decreto_13-2023.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadã Honorária de Morretes a Celina Agostinho Cit.</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5613/decreto_legislativo_no_14-2023_-_rejeitado.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5613/decreto_legislativo_no_14-2023_-_rejeitado.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadão Honorário de Morretes ao Senhor Rafael Greca de Macedo.</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5817/pdl15.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5817/pdl15.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre o julgamento da prestação de contas, exercício de 2018, da Prefeitura Municipal de Morretes e da outras providências</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5818/pdl_16-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5818/pdl_16-2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Morretes a José Ferreira de Lima</t>
   </si>
   <si>
     <t>5879</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5879/pdl_017-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5879/pdl_017-2023.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadã Benemérito de Morretes, a Senhora Denise Santana Santos”.</t>
   </si>
   <si>
     <t>5907</t>
   </si>
   <si>
     <t>CFOG - Comissão de Finanças, Orçamento e Gestão</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5907/merged-document_1_1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5907/merged-document_1_1.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobreo julgamento da prestação de contas, exercício de 2014, da Prefeitura Municipal de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5908</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5908/pdl_019-2023_2.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5908/pdl_019-2023_2.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre o julgamento da prestação de contas, exercício de 2019, da Prefeitura Municipal de Morretes e da outras providências</t>
   </si>
   <si>
     <t>5923</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5923/pdl_020-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5923/pdl_020-2023.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre o julgamento da prestação de contas, exercício de 2013, da Prefeitura Municipal de Morretes e da outras providências</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6028/projeto_de_decreto_021.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6028/projeto_de_decreto_021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Morretes ao Padre Luiz Gonzaga Peres</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sebastião Brindarolli Junior</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5451/ilovepdf_merged_30.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5451/ilovepdf_merged_30.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 44/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5680/plc_36-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5680/plc_36-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº30/2015, com finalidade de descongelar a tabela do Magistério Municipal e dá outras providências</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5727/plc_037-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5727/plc_037-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário Municipal e dá outras providências</t>
   </si>
   <si>
     <t>5880</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5880/plc_038.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5880/plc_038.pdf</t>
   </si>
   <si>
     <t>“Institui o Plano Diretor Municipal de Morretes”.</t>
   </si>
   <si>
     <t>5881</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5881/plc_039.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5881/plc_039.pdf</t>
   </si>
   <si>
     <t>“Institui o Código de Obras e Edificações do Município de Morretes, e dá outras providências”.</t>
   </si>
   <si>
     <t>5882</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5882/plc_040.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5882/plc_040.pdf</t>
   </si>
   <si>
     <t>“Institui o Código de Posturas do Município de Morretes, e dá outras providências”.</t>
   </si>
   <si>
     <t>5883</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5883/plc_041.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5883/plc_041.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o parcelamento do solo para fins urbanos no Município de Morretes, e dá outras providências”.</t>
   </si>
   <si>
     <t>5884</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5884/plc_042.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5884/plc_042.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a delimitação dos Perímetros Urbanos do Município de Morretes, e dá outras providências”.</t>
   </si>
   <si>
     <t>5885</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5885/plc_043.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5885/plc_043.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Macrozoneamento e Zoneamento de Uso e Ocupação do Solo Urbano e Rural do Município de Morretes, e dá outras providências”.</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5952/plc_044.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5952/plc_044.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 30/2015, COM A FINALIDADE DE REENQUADRAR OS PROFESSORES MUNICIPAIS REGIDOS PELA LEI MUNICIPAL Nº 01/2004, NA TABELA DO MAGISTÉRIO MUNICIPAL VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5453/pl_2382-2023_compl_merged.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5453/pl_2382-2023_compl_merged.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Morretes a firmar Termo de Convênio de Cooperação com os Municípios vizinhos, especificamente: Antonina, Paranaguá e Guaratuba, com o intuito de unir esforços para viabilizar permuta de recuperação e manutenção de estradas rurais e vicinais entre esses municípios e dá outras providências.</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5454/pl_2393-2023_merged.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5454/pl_2393-2023_merged.pdf</t>
   </si>
   <si>
     <t>“altera a lei nº 426/2016, que dispõe sobre a criação do conselho municipal de desenvolvimento rural sustentável e dá outras providências”.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5531/pl_2394_merged.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5531/pl_2394_merged.pdf</t>
   </si>
   <si>
     <t>“Altera o Anexo I-D da Lei nº 002/1997, alterado pela Lei Municipal Nº 720, de 15 de julho de 2022, reajustando o piso salarial dos Agentes Comunitários de Saúde e Agentes de Combate a Endemias, em conformidade com a Emenda Constitucional nº 120, de 5 de maio de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5532/pl_2395_-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5532/pl_2395_-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização para adesão à Carta das Cidades Educadoras e Ingresso na Associação Internacional das Cidades Educadoras – AICE, e dá outras providências”.</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5533/pl_2396_compl_merged.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5533/pl_2396_compl_merged.pdf</t>
   </si>
   <si>
     <t>“dispõe sobre a adoção da Agenda 2030 para o Desenvolvimento Sustentável da Organização das Nações Unidas - ONU como diretriz de Políticas Públicas no Município de Morretes”,</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5598/pl_2397-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5598/pl_2397-2023.pdf</t>
   </si>
   <si>
     <t>Declara e Reconhece de Utilidade Pública a “Associação da Banda Scorpions”, pessoa jurídica de direito privado, inscrita no CNPJ sob nº 48.389.256/0001-69, estabelecida na Rua João Marques da Silva, n° 195, Vila das Palmeiras, Morretes, Paraná.</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5599/projeto_de_lei_no_2398-_dia_da_mulher.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5599/projeto_de_lei_no_2398-_dia_da_mulher.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO: “MULHER DESTAQUE” E CRIA A “SEMANA DA MULHER” CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5609/pl_2399_parte_1_merged_compressed.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5609/pl_2399_parte_1_merged_compressed.pdf</t>
   </si>
   <si>
     <t>“autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$215.520,50 (duzentos e quinze mil, quinhentos e vinte reais e cinquenta centavos), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5610/pl_2400-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5610/pl_2400-2023.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, POR EXCESSO DE ARRECADAÇÃO, AO ORÇAMENTO GERAL DO MUNICÍPIO DE MORRETES, NA IMPORTÂNCIA DE R$350.237,98 (TREZENTOS E CINQUENTA MIL, DUZENTOS E TRINTA E SETE REAIS E NOVENTA E OITO CENTAVOS), NOS TERMOS DO DISPOSTO NO ART. 41, INCISO II C/C ART. 43, §1°, INCISO II, AMBOS DA LEI FEDERAL N.º 4.320, DE 17 DE MARÇO DE 1964, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5611/pl_2401-2023_retirada.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5611/pl_2401-2023_retirada.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POSSIBILIDADE DE EFETUAR A TITULAÇÃO DEFINITIVA DE PROPRIEDADE DOS TERRENOS AOS MORADORES COLÔNIA SÍTIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5671/pl_2402-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5671/pl_2402-2023.pdf</t>
   </si>
   <si>
     <t>“COM O OBJETIVO DE PRORROGAR POR MAIS 12 (DOZE) MESES O PAGAMENTO DO “PRÊMIO DE RETRIBUIÇÃO PELA CONSERVAÇÃO DE VEÍCULOS E QUALIDADE NO ATENDIMENTO AOS EMPREGADOS PÚBLICOS OCUPANTES DO EMPREGO PÚBLICO DE MOTORISTA PROFISSIONAL SÊNIOR”, COM A APLICAÇÃO DE CORREÇÃO ATRAVÉS DO ÍNDICE INPC (ÍNDICE NACIONAL DE PREÇOS AO CONSUMIDOR).”</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5639/pl_2403-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5639/pl_2403-2023.pdf</t>
   </si>
   <si>
     <t>“FICA INSTITUÍDO NO MUNICÍPIO DE MORRETES A PRIORIDADE NO ATENDIMENTO DE PESSOAS COM TRANSTORNO ESPECTRO AUTISTA (TEA), EM ÓRGÃOS PÚBLICOS E INSTITUIÇÕES FINANCEIRAS.”</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>Airton Tomazi, Celsinho "das alface", Eloi Nogueira, Luciane Costa Coelho, Mauro Cardoso de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5653/pl_2404-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5653/pl_2404-2023.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Institui o Programa Municipal de Vigilância e Monitoramento da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5675/pl_2405-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5675/pl_2405-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação ao Orçamento Geral do Município de Morretes, na importância de R$ 224.000,00 (duzentos e vinte e quatro mil reais), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964 e dá outras providências</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5676/pl_2406-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5676/pl_2406-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação ao Orçamento Geral do Município de Morretes, na importância de R$ 7.133.600,00 (sete milhões, cento e trinta e três mil e seiscentos reais), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal nº 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5677/pl_2407-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5677/pl_2407-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 491.329,94 (quatrocentos e noventa e um mil, trezentos e vinte e nove reais e noventa e quatro centavos), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5678/retirada_2408-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5678/retirada_2408-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5679/pl_2409-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5679/pl_2409-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5713/pl_2410-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5713/pl_2410-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial, por Anulação de dotação, no Orçamento Geral do Município de Morretes, Estado do Paraná, no valor de R$ 650.000,00 (seiscentos e cinquenta mil reais), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso III, ambos da Lei Federal n.º 4.320, de 17 de março de 1964 e dá outras providências</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5714/pl_2411-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5714/pl_2411-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 599/2020, que institui e oficializa a Festa Feira Agrícola e Artesanal de Morretes, e dá outras providências</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5715/pl_2412-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5715/pl_2412-2023.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação por Responsabilidade Técnica (GRT) aos empregados públicos efetivos e temporários ocupantes de funções de nível superior do Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>Isael Alves da Silva, Marcela da Silva Elias</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5716/pl_2413-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5716/pl_2413-2023.pdf</t>
   </si>
   <si>
     <t>Denomina Prefeito Orlando Conforto, o Núcleo _x000D_
                                                     Integrado da  Saúde (NIS), nesse Município de                                                   _x000D_
                                                     Morretes – Paraná</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5717/pl_2414-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5717/pl_2414-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 397.756,18 (trezentos e noventa e sete mil, setecentos e cinquenta e seis reais e dezoito centavos), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5718/pl_2415-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5718/pl_2415-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 02/1997, alterada pelas leis nº 28/1999, 05/2003, 38/2004, e 191/2012, dispõe sobre Reajuste Salarial dos Assistentes Sociais e Psicólogos do Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5719/pl_2416-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5719/pl_2416-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais de Morretes- APAE a firmarem Termo de Colaboração e dá outras providências</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>Julio Cesar Cassilha, Marcela da Silva Elias</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5720/pl_2417.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5720/pl_2417.pdf</t>
   </si>
   <si>
     <t>Denomina  de  Estrada   Marico Liporini, a  Estrada do  _x000D_
                                                    Central, que  se  inicia   desde o final da  Rua   Antônio _x000D_
                                                    Gonçalves  do   Nascimento,  a    partir   do   Cemitério       _x000D_
                                                    Municipal e termina na residência do  morador Roberto                                 _x000D_
                                                    Pereira (Roberto do Taxi), nesse Município de Morretes,_x000D_
                                                     e dá outras providências</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5721/pl_2418-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5721/pl_2418-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir no âmbito do Município de Morretes, o “Programa Ração Solidária” e dá outras providências</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5722/pl_2419-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5722/pl_2419-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial por Operação de Credito ao orçamento geral do Município de Morretes no valor de R$ 1.000.000,00 (Um milhão de reais), que decorrem de financiamento de operação de crédito via Caixa Econômica Federal, proveniente da Lei Municipal n° 760 de 11 de maio de 2023, nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso IV, ambos da Lei Federal n.º 4.320 de 17.03.1964 e dá outras providências</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5723/pl_2420-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5723/pl_2420-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos artigos 12, 14 e anexos da Lei Ordinária Municipal nº 562, de 20 de novembro de 2019, e dá outras providências</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5724/pl_2421-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5724/pl_2421-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$1.189.800,00 (um milhão cento e oitenta e nove mil oitocentos reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>Airton Tomazi, Celsinho "das alface", Eloi Nogueira, Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5725/pl_2422-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5725/pl_2422-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as viagens oficiais a Vereadores e Servidores do Poder Legislativo do Município de Morretes, e dá outras providências</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5726/pl_2423-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5726/pl_2423-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA MAIO LARANJA, A SER REALIZADA NO MÊS DE MAIO DE CADA ANO, NO MUNICÍPIO DE MORRETES, COM AÇÕES EFETIVAS DE COMBATE AO ABUSO E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5754/2424.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5754/2424.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Morretes e a entidade Filarmônica Antoninense a firmarem Termo de Colaboração e dá outras providências</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5755/pl_2425-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5755/pl_2425-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I-D da Lei nº 002/1997, alterado pela Lei Municipal Nº 720, de 15 de julho de 2022, reajustando o piso salarial dos Agentes Comunitários de Saúde e Agentes de Combate a Endemias, em conformidade com a Emenda Constitucional nº 120, de 5 de maio de 2022 e através da Medida Provisória nº 1172, de 02 de maio de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5756/pl_2426-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5756/pl_2426-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 761, de 11 de maio de 2023 que autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais de Morretes- APAE a firmarem Termo de Colaboração e dá outras providências</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5757/pl_2427-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5757/pl_2427-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Morretes a contratar operação de crédito com a Caixa Econômica Federal advinda do FINISA - Financiamento à Infraestrutura e ao Saneamento, conforme especifica</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5769/pl_2428-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5769/pl_2428-2023.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios com estampido e, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Morretes, e dá outras providências</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5781/projeto_de_lei_2429.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5781/projeto_de_lei_2429.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 546 de 28 de março de 2019 que dispõe sobre a estrutura administrativa da Câmara Municipal de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5815/pl_2430.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5815/pl_2430.pdf</t>
   </si>
   <si>
     <t>Institui reajuste salarial para fins de revisão geral anual dos vencimentos dos servidores efetivos, referente ao índice Nacional de Preço ao Consumidor – INPC acumulado no período de 2022/2023</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5816/1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5816/1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 542, de 20 de dezembro de 2018, que dispõe sobre a associação do Município com a ADETUR-Litoral, e dá outras providências</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5841/pl_2432.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5841/pl_2432.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 3.566,36 (três mil quinhentos e sessenta e seis reais e trinta e seis centavos), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal nº 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5842/pl_2433-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5842/pl_2433-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial, por Superávit Financeiro, ao Orçamento Geral do Município de Morretes, na importância de R$ 36.473,00 (trinta e seis mil quatrocentos e setenta e três reais), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso I, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5843/pl_2434.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5843/pl_2434.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5844/2435-2023_credito_suplementar.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5844/2435-2023_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 9.000.000,00 (nove milhões de reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal nº 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5845/pl_2436.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5845/pl_2436.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial, por Superávit Financeiro, ao Orçamento Geral do Município de Morretes, na importância de R$ 47.630,28 (quarenta e sete mil, seiscentos e trinta reais e vinte e oito centavos), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso I, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5846/1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5846/1.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 850.000,00 (oitocentos e cinquenta mil reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5848/pl_2438.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5848/pl_2438.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do direito de uma folga anual para realização de exames de controle dos canceres de mama e do colo do útero.</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5849/pl_2439-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5849/pl_2439-2023.pdf</t>
   </si>
   <si>
     <t>Institui o “Agosto Lilás", dedicado a realização de ações em combate à violência contra mulher”, no município de morretes</t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5895/1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5895/1.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 800.000,00 (oitocentos mil reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5896/projeto_de_lei_n_2.441_2024.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5896/projeto_de_lei_n_2.441_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e regulamentação do Conselho da Cidade de Morretes – CONCIDADE e dá outras providências</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5897/pl_2442.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5897/pl_2442.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a hierarquização e traçado básico do Sistema Viário, traça diretrizes para o arruamento do Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5898/pl_2443-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5898/pl_2443-2023.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Especial, por Superávit Financeiro, a importância de R$ 409.727,66 (quatrocentos e nove mil, setecentos e vinte e sete reais, e sessenta e seis centavos);  e por Anulação de Dotação, a importância de R$ 86.964,97 (oitenta e seis mil, novecentos e sessenta e quatro reais, e noventa e sete centavos), ao Orçamento-Geral do Município de Morretes, nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso I e III, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5899/pl_2444.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5899/pl_2444.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Museu de História e Artes do Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5913</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5913/pl_2445-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5913/pl_2445-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Prevenção e Atendimento a Sinistros do 8º Grupamento do Corpo de Bombeiros da Polícia Militar do Estado do Paraná - FUMCOB, no Município de Morretes.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5929/pl_2446.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5929/pl_2446.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de tributos municipais através de cartão de débito, cartão de crédito, “PIX” e transferência eletrônica no Município de Morretes, e dá outras providências</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5930/pdf24_merged_1_1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5930/pdf24_merged_1_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual para o exercício financeiro de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>5950</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5950/pl_2448.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5950/pl_2448.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO, AO ORÇAMENTO-GERAL DO MUNICÍPIO DE MORRETES, NA IMPORTÂNCIA DE R$ 395.200,00 (TREZENTOS E NOVENTA E CINCO MIL E DUZENTOS REAIS), NOS TERMOS DO DISPOSTO NO ART. 41, INCISO I C/C ART. 43, §1°, INCISO II, AMBOS DA LEI FEDERAL N.º 4.320, DE 17 DE MARÇO DE 1964, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5951</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5951/pl_2449-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5951/pl_2449-2023.pdf</t>
   </si>
   <si>
     <t>“ ALTERA A LEI Nº 661, DE 25 DE NOVEMBRO DE 2021, ACRESCENTA ARTIGOS E CRIA O FUNDO MUNICIPAL DOS DIREITOS DA MULHER – FMDM E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5972/pl_2450.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5972/pl_2450.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 240.000,00 (duzentos e quarenta mil), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5973/p.l_2451.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5973/p.l_2451.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Promoção da Igualdade Racial, cria o Conselho e o Fundo Municipal de Promoção da Igualdade Racial e dá outras providências</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5974/pl_2452.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5974/pl_2452.pdf</t>
   </si>
   <si>
     <t>institui o Programa de Recuperação Fiscal de Morretes – REFIS 2023 em âmbito municipal, e dá outras providências</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5975/2453-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5975/2453-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Morretes e a Agência de Desenvolvimento do Turismo Sustentável do Litoral Do Paraná - ADETUR Litoral a firmarem Termo de Fomento e dá outras providências</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6021/pl_2454-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6021/pl_2454-2023.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o Poder Executivo Municipal a conceder isenção do pagamento de IPTU a imóveis e edificações atingidas por enchentes e alagamentos causados pelas chuvas ocorridas no Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5978/pl_2455.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5978/pl_2455.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 175.632,98 (cento e setenta e cinco mil, seiscentos e trinta e dois reais e noventa e oito centavos), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>Estabelece prazo para o Poder Executivo responder indicações da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6026/2457.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6026/2457.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito da criança com transtorno do espectro autista - TEA poder levar seu próprio lanche para a escola pública ou privada no Município de Morretes e dá outras Providências</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5985/projeto_de_lei_n_2458.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5985/projeto_de_lei_n_2458.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre forma de pagamento do IPTU pelos servidores públicos municipais e dá outras providências</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6022/pl_2459-2024.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6022/pl_2459-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 30/2002, que dispõe sobre o sistema tributário do município de Morretes e dá outras providências.</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6023/pl_2460-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6023/pl_2460-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Meio Ambiente de Morretes– CONSEMA, altera dispositivos da Lei nº 481, de 02 de junho de 2017, que cria o fundo municipal de meio ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6024/projeto_de_lei_n_2461.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6024/projeto_de_lei_n_2461.pdf</t>
   </si>
   <si>
     <t>Implementa a Política Pública Municipal de Ciência, Tecnologia e Inovação, institui o Conselho Municipal de Ciência, Tecnologia e Inovação do Município de Morretes – CMCTI, cria o Fundo Municipal de Ciência, Tecnologia e Inovação – FMCTI, bem como institui o Núcleo e o Centro de Inovação Tecnológica no Município de Morretes, e dá outras providências</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6032/p.l_2462.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6032/p.l_2462.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder bonificação pecuniária aos profissionais das categorias de enfermagem, advinda da assistência financeira complementar repassada pela União através do Fundo Nacional de Saúde conforme específica, e dá outras providências</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6033/p.l_2463.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6033/p.l_2463.pdf</t>
   </si>
   <si>
     <t>Prêmio de Retribuição por produtividade aos Profissionais da Saúde vinculados à Estratégia de Saúde da Família no âmbito do Município de Morretes</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6034/p.l_2464.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6034/p.l_2464.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais de Morretes -  APAE a firmarem Termo de Fomento e dá outras providências.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6049/pl_2465.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6049/pl_2465.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 02/1997, e dispõe sobre Reajuste Salarial e sobre o adicional por tempo de serviço para os empregados públicos do Município de Morretes e dá outras providências</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Luciane Costa Coelho, Airton Tomazi, Eloi Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5452/projeto_resolucao_25.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5452/projeto_resolucao_25.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Procuradoria da Mulher no âmbito do Poder Legislativo do Município de Morretes e dá outras providências”</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>Comissão Processante</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5505/ilovepdf_merged_36.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5505/ilovepdf_merged_36.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO PROCESSANTE PARA APURAR E CONDUZIR OS TRABALHOS EM RELAÇÃO À DENÚNCIA APRESENTADA PELA INSTITUIÇÃO SANAHU PARA APURAÇÃO DA REPONSABILIDADE DO VEREADOR, DE ACORDO COM O PREVISTO NO ARTIGO 5º, DO DECRETO LEI 201/67.</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5506/ilovepdf_merged_31.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5506/ilovepdf_merged_31.pdf</t>
   </si>
   <si>
     <t>''Fica autorizado o Representante do Corpo de Bombeiros de Morretes a fazer uso da palavra na “Tribuna Livre” na Câmara Municipal de Morretes nos termos da Lei 91/2010''.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5604/projeto_de_resolucao__028-2023_-_afastamento_do_vereador_celso_ferreira_de_souza.doc</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5604/projeto_de_resolucao__028-2023_-_afastamento_do_vereador_celso_ferreira_de_souza.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o Afastamento do Vereador Celso Ferreira de Souza pelo período de 90 (noventa) dias, ou até o julgamento final da Comissão Processante.”</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5605/resolucao_29.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5605/resolucao_29.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO: “MULHER DESTAQUE”, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5654/projeto_de_resolucao__030-2023_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5654/projeto_de_resolucao__030-2023_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 46.700,00 (Quarenta e seis mil e setecentos reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes.</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5640/resolucao_031.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5640/resolucao_031.pdf</t>
   </si>
   <si>
     <t>““ALTERA O REGIMENTO INTERNO NO TOCANTE DAS PROPOSIÇÕES DOS VEREADORES DA CÂMARA MUNICIPAL DE MORRETES”.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>Airton Tomazi, Celsinho "das alface", Elói Nogueira, Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5743/resolucao_32.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5743/resolucao_32.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução nº 01 de 18 de março de 2009</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5823/pr_033-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5823/pr_033-2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 270.000,00 (Duzentos e setenta mil reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5824/pr_034-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5824/pr_034-2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 100.000,00 (cem mil reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5847/1.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5847/1.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Processante para apurar e conduzir os trabalhos em relação à denúncia apresentada pela Associação Focinhos Carentes Paranaguá, de acordo com o previsto no inciso III do artigo 7º do Decreto Lei nº201/1967 e dá outras providências</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
     <t>Airton Tomazi, Eloi Nogueira, Fabiano Cit, João Vitor Peluso da Silva, Julio Cesar Cassilha, Luciane Costa Coelho, Marcela da Silva Elias, Mauro Cardoso de Pontes, Pastor Deimeval</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6027/resolucao_36.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6027/resolucao_36.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Processante para apurar e conduzir os trabalhos em relação à denúncia apresentada pela Senhora Marilene Cardoso, de acordo com o previsto no inciso III do artigo 7º do Decreto Lei nº201/1967 e dá outras providências</t>
   </si>
   <si>
     <t>5914</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5914/resolucao_037.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5914/resolucao_037.pdf</t>
   </si>
   <si>
     <t>Fica autorizado a Representante da Associação de Familiares e Amigos dos Autistas - AFATEA a fazer uso da palavra na “Tribuna Livre” na Câmara Municipal de Morretes nos termos da Lei 91/2010.</t>
   </si>
   <si>
     <t>5921</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5921/resolucao_038-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5921/resolucao_038-2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 39.000,00 (trinta e nove mil reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>Celsinho "das alface", Eloi Nogueira, Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6037/scan_20231221_095746561.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6037/scan_20231221_095746561.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 17.000,00 (dezessete mil reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>Airton Tomazi, Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6055/projeto_de_resolucao_040.2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6055/projeto_de_resolucao_040.2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar de R$ 20.000,00 (Vinte mil reais) para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Morretes.</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5619/proposta_de_emenda_lom.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5619/proposta_de_emenda_lom.pdf</t>
   </si>
   <si>
     <t>“Altera os percentuais de cargos comissionados preenchidos por servidores efetivos e dá outras providências”</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5834/proposta_de_emenda_a_lom_no_003_2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5834/proposta_de_emenda_a_lom_no_003_2023.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o inciso XXVI ao Art. 7º,  e os §8º, §9º e §10 ao Art. 95, ficando suprimido o inciso XXII do Art. 69 na Lei Orgânica do Município de Morretes, Estado do Paraná, e dá outras providências”.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>“ALTERA OS PERCENTUAIS DE CARGOS COMISSIONADOS PREENCHIDOS POR SERVIDORES EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5534/requerimento_n_001-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5534/requerimento_n_001-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que encaminhe informações referente à possibilidade do Município tomar providências quanto a situação da falta dos Professores no CMEI – Centro Municipal de Educação Infantil. Se há previsão dessas contratações, visto que na data de 19 de dezembro de 2022, foi aberto PSS – Processo Seletivo Simplificado da Secretaria Municipal de Educação e Esportes, para prestação de serviços na função de Professores.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5741/requerimento_n_002-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5741/requerimento_n_002-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado regime de urgência para a discussão e deliberação única do Projeto de Lei Complementar nº 35/2023.</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5535/requerimento_n_003-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5535/requerimento_n_003-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, após apreciação desta Colenda Câmara de Vereadores que sejam encaminhadas a esta Casa de Leis informações acerca da Feira Rio Nhundiaquara (Lei Municipal nº512/2017) e Feira da Praça dos Imigrantes (Lei Municipal nº 695/2022), tais como:_x000D_
 - Requer a lista de espera atualizada relativa à solicitação de Alvará/Licença de pessoas interessadas a participarem da feira;_x000D_
 _x000D_
 - Quantas vagas estão disponíveis nas feiras supracitadas.</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado regime de urgência para a discussão e deliberação única do Projeto de Resolução nº 25/2023.</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5600/ccf_000632_rotated.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5600/ccf_000632_rotated.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que seja encaminhado as seguintes informações: _x000D_
 _x000D_
 1)	Cópia do contrato do Município com a empresa ANGELA REGINA SHIMURE PEREIRA, contrato de N.º 30/2023-ID N.º 45/2023, contrato este por meio de dispensa de licitação para aquisição de canecas personalizadas com brasão da Prefeitura Municipal de Morretes, no valor de 5.500,00 (cinco mil e quinhentos reais);_x000D_
 _x000D_
 2)	Relações referentes a quantidade de canecas personalizadas;_x000D_
 _x000D_
 3)	O motivo ao qual a Secretaria Municipal de Educação e Esportes tem essa necessidade.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5538/requerimento_no_006-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5538/requerimento_no_006-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, após apreciação desta Colenda Câmara de Vereadores que sejam encaminhadas a esta Casa de Leis informações acerca da realização do carnaval 2023  tais como:_x000D_
 _x000D_
 - Requer a lista total de gastos com a realização do evento supracitado; assim como cópia dos contratos firmados.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5539/requerimento_n_007-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5539/requerimento_n_007-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que seja encaminhado as seguintes informações: _x000D_
 _x000D_
 1)	Cópia do contrato do Município com a empresa responsável pela prestação de serviços de roçadas;_x000D_
 2)	Quantas equipes de trabalho estão atuando nos serviços de roçadas atualmente.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5540/requerimento_n_008-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5540/requerimento_n_008-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que seja encaminhado as seguintes informações: _x000D_
 _x000D_
 1)	Cópia do contrato do Município com a empresa responsável pela prestação de serviços de maquinários pesados, bem como:_x000D_
 2)	Lista de caminhões que estão sendo utilizados, bem como número das placas e quilometragem;_x000D_
 3)	Quantidade de retro escavadeiras, trator de esteira, rolo compactador e moto niveladora que estão atuando no município e ainda que sejam enviados os horímetros de cada um.</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5541/requerimento_n_009-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5541/requerimento_n_009-2023.pdf</t>
   </si>
   <si>
     <t>Seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.394/2023 - SÚMULA: “Altera o Anexo I-D da Lei nº 002/1997, alterado pela Lei Municipal Nº 720, de 15 de julho de 2022, reajustando o piso salarial dos Agentes Comunitários de Saúde e Agentes de Combate a Endemias, em conformidade com a Emenda Constitucional nº 120, de 5 de maio de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5542/reqerimento_n_010-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5542/reqerimento_n_010-2023.pdf</t>
   </si>
   <si>
     <t>Requer à Empresa Concessionária do Serviço de Abastecimento de Água e Saneamento do Município – SANEPAR, após apreciação desta colenda Câmara, com base no artigo 112 da Lei Orgânica Municipal, o comparecimento do responsável pela prestação de serviços da Sanepar no Litoral do Paraná, à esta Casa de Leis, nas datas entre 16 a 20 de março, para prestar esclarecimentos perante os Vereadores, sobre assuntos de interesse do Município de Morretes, como extensão de rede de águas, tratamento de esgoto, entre outros.</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5607/requerimento_011-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5607/requerimento_011-2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA QUE SEJA APLICADO REGIME DE URGÊNCIA PARA DISCUSSÃO E DELIBERAÇÃO ÚNICA DO PROJETO DE LEI N° 2.399/2023 E PROJETO DE LEI 2.400/2023, DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5608/requerimento_012-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5608/requerimento_012-2023.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL APÓS APRECIAÇÃO DESTA COLENDA CÂMARA QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) SE EXISTE ALGUMA REGULAMENTAÇÃO DO PROGRAMA DE TRATAMENTO FORA DO DOMICÍLIO -TFD. 2) SE HOUVER A EXISTÊNCIA, QUE SEJA ENVIADO A ESTA CASA DOCUMENTOS COMPROVATÓRIOS.</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5669/requerimento_n_013-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5669/requerimento_n_013-2023.pdf</t>
   </si>
   <si>
     <t>“REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL APÓS APRECIAÇÃO DESTA COLENDA CÂMARA QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS O DECRETO MUNICIPAL QUE NOMEOU O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E ADOLESCENTE DE MORRETES. – CMDCA.”</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5670/requerimento_n_014-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5670/requerimento_n_014-2023.pdf</t>
   </si>
   <si>
     <t>“REQUERIMENTO PARA QUE SEJA APLICADO REGIME DE URGÊNCIA PARA DISCUSSÃO E DELIBERAÇÃO ÚNICA DO PROJETO DE LEI N° 2.402/2023, DE AUTORIA DO PODER EXECUTIVO.”</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5673/requerimento_015-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5673/requerimento_015-2023.pdf</t>
   </si>
   <si>
     <t>“REQUERIMENTO PARA QUE SEJA APLICADO REGIME DE URGÊNCIA PARA DISCUSSÃO E DELIBERAÇÃO ÚNICA DO PROJETO DE LEI N° 2.404/2023, DE AUTORIA DO PODER LEGISLATIVO.”</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5681/requerimento_n_016-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5681/requerimento_n_016-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal, após apreciação desta colenda Câmara de Vereadores que sejam encaminhadas a esta Casa de Leis, cópias do extrato bancário da COSIP- Contribuição para Custeio do Serviço de Iluminação Pública, extratos referentes ao mês de janeiro do ano de 2023 até a data do presente momento.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5703/requerimento_017-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5703/requerimento_017-2023.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS DIANTE DO DISPOSTO NO INCISO III DO § 1º DO ARTIGO 148 DO REGIMENTO INTERNO APRESENTAM AO PLENÁRIO DA CÂMARA PARA APRECIAÇÃO O PRESENTE REQUERIMENTO PARA QUE SEJA APLICADO O REGIME DE URGÊNCIA PARA A DISCUSSÃO E DELIBERAÇÃO ÚNICA DO PROJETO DE LEI COMPLEMENTAR Nº 036/2023 - SÚMULA: “ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 30/2015, COM A FINALIDADE DE DESCONGELAR A TABELA DO MAGISTÉRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5737/requerimento_018-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5737/requerimento_018-2023.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição Justiça e Redação e os vereadores que abaixo assinam, diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresenta ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do Projeto de Lei nº 2.409/2023, do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5738/requerimento_019-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5738/requerimento_019-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.416/2023 – Súmula: “Autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais de Morretes- APAE a firmarem Termo de Colaboração e dá outras providências”.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5739/requerimento_020-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5739/requerimento_020-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.407/2023 – Súmula: “Autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 491.329,94 (quatrocentos e noventa e um mil, trezentos e vinte e nove reais e noventa e quatro centavos) nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5740/reqeuerimento_021-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5740/reqeuerimento_021-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.410/2023 – Súmula: Autoriza a abertura de Crédito Adicional Especial, por Anulação de dotação, no Orçamento Geral do Município de Morretes, Estado do Paraná, no valor de R$ 650.000,00 (seiscentos e cinquenta mil reais), nos termos do disposto no art. 41, inciso II c/c art. 43, §1°, inciso III, ambos da Lei Federal n.º 4.320, de 17 de março de 1964 e dá outras providências”, SUBSTITUTIVO AO PROJETO DE LEI Nº 2.411/2023 - “Altera a Lei Municipal nº 599/2020, que institui e oficializa a Festa Feira Agrícola e Artesanal de Morretes, e dá outras providências”, PROJETO DE LEI Nº 2.414/2023 - “autoriza a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5753/requerimento_022-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5753/requerimento_022-2023.pdf</t>
   </si>
   <si>
     <t>Requerem à empresa Viação Graciosa Ltda, a possibilidade de retorno do horário das 6:00 h da manhã que sai do Município de Morretes para o Município de Paranaguá.</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5768/requerimento_023-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5768/requerimento_023-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.426/2023 – Súmula: “Altera a Lei Municipal nº 761, de 11 de maio de 2023 que autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais de Morretes- APAE a firmarem Termo de Colaboração e dá outras providências”.</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5773/requerimento_024-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5773/requerimento_024-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, após apreciação desta Colenda Casa de Leis, que encaminhe a este Poder Legislativo a Relação de todos os Patrocinadores e/ou Copatrocinadores do “Projeto Cidadão Patrocinador”, que colaboraram com doações de bens e serviços para a realização da XXXVII Festa Feira Agrícola e Artesanal de Morretes e ainda quais os valores foram doados por cada Patrocinador e se tiveram algum benefício, enviar quais foram.</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5774/requerimento_025-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5774/requerimento_025-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que encaminhe a esta Casa de Leis cópia dos documentos (canhotos e pagamentos) realizados em favor da empresa organizadora do evento “XXXVII Festa Feira Agrícola e Artesanal de Morretes”, comprovando através de planilha demonstrativa, o cumprimento do art. 3º da Lei 501/2017, chamada “Prata da Casa”.</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5775/requerimento_026-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5775/requerimento_026-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que encaminhe a esta Casa de Leis no prazo legal, requer Cópia do Processo Licitatório referente ao Portal da XXXVII Festa Feira.</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5796/requerimento_027-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5796/requerimento_027-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, no uso de suas atribuições legais leva à apreciação da Colenda Câmara de Vereadores a seguinte Proposição:_x000D_
 Requer à Empresa Concessionária do Serviço de Abastecimento de Água e Saneamento do Município – SANEPAR que encaminhe, no prazo legal, a esta Casa de Leis as seguintes informações e providências:_x000D_
 _x000D_
 1-	Informar os motivos da interrupção do fornecimento de água;_x000D_
 _x000D_
 2-	Se caso existe uma previsão desses “cortes” e quais medidas adotadas para manter os consumidores informados previamente aos cortes._x000D_
 3-	Cumprimento do artigo 112 da Lei Orgânica Municipal de Morretes ¹ no intuito de dar publicidade, transparência e ampla divulgação aos usuários da região.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5797/requerimento_n_028-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5797/requerimento_n_028-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo, através da Secretaria Municipal Agricultura com base na Lei Municipal nº 56/2009, o qual regulamenta valores e normas dos serviços de patrulha rural no Município de Morretes, para que seja encaminhada a esta Casa de Leis as seguintes informações:_x000D_
 	1.  Que seja encaminhado um relatório do total de horas realizadas no ano de 2022 por meio da Patrulha rural, como também o valor total recolhido ao poder municipal nesse ano de 2022. Venho salientar que solicito esse relatório conforme os valores atualizados no ano de 2021, pelo Decreto Municipal nº 75/2021;_x000D_
 	2. Que seja encaminhado o número da conta bancária, para o recolhimento desse recurso, conforme o Art. 5º desta lei, como também extrato bancário da conta específica em dezembro de 2022.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5798/requerimento_n_029-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5798/requerimento_n_029-2023.pdf</t>
   </si>
   <si>
     <t>Reitero a solicitação realizada na data de 16/11/2021 e na data de 04/10/2022, por meio do requerimento de nº 0095/2021 e nº 0070/2022, solicitando encaminhamento de informações referente à possibilidade do Município tomar providências quanto a situação do imóvel de matricula nº 1.355, localizado na rua Profª. Delia Carvalho Gualdezi, 0 – quadra 10 lote 16, no bairro Raia Velha, para fins de leva-lo á penhora por débito fiscal vencido desde o ano de 1998 ou desapropria-lo, desde já sugerindo a implantação de uma área de lazer em prol da comunidade.</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5799/requerimento_n_030-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5799/requerimento_n_030-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, após apreciação desta Colenda Casa de Leis, que encaminhe a este Poder Legislativo, as cópias  de todos os contratos firmados com empresas privadas para a realização da XXXVII Festa Feira Agrícola e Artesanal de Morretes e ainda que envie o balanço financeiro de entradas e saídas de recursos na realização do presente evento.</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5835/requerimento_n_031-2023_2.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5835/requerimento_n_031-2023_2.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Legislativo Municipal, após apreciação desta colenda Câmara de Vereadores, que realize a CONVOCAÇÃO da Secretária de Educação da Prefeitura Municipal – Senhora Adriana Assumpção para esclarecer e prestar as devidas informações acerca do Projeto de Lei n° 2.424/2023 - “Autoriza o Município de Morretes e a entidade Filarmônica Antoninense a firmarem Termo de Colaboração e dá outras providências”.</t>
   </si>
   <si>
     <t>5877</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5877/requerimento_n_032-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5877/requerimento_n_032-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.430/2023 - SÚMULA: “Institui reajuste salarial para fins de revisão geral anual dos vencimentos dos servidores efetivos, referente ao índice Nacional de Preço ao Consumidor – INPC acumulado no período de 2022/2023.”</t>
   </si>
   <si>
     <t>5878</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5878/requerimento_n_033-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5878/requerimento_n_033-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.435/2023 – Súmula: “Autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 9.000.000,00 (nove milhões de reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>5886</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5886/requerimento_n_034-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5886/requerimento_n_034-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.437/2023 – Súmula: autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 850.000,00 (oitocentos e cinquenta mil reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>5903</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.440/2023 – Súmula: “autoriza a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, ao Orçamento Geral do Município de Morretes, na importância de R$ 800.000,00 (oitocentos mil reais), nos termos do disposto no art. 41, inciso I c/c art. 43, §1°, inciso II, ambos da Lei Federal n.º 4.320, de 17 de março de 1964, e dá outras providências”.</t>
   </si>
   <si>
     <t>5904</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5904/requerimento_n_036-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5904/requerimento_n_036-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que seja encaminhado as seguintes informações: _x000D_
 _x000D_
 _x000D_
              1) Quais são as providências a serem tomadas referente ao fechamento do posto de saúde do bairro América de Baixo;_x000D_
 _x000D_
              2) Se estão sendo atendidos, quais são os dias e para qual unidade de saúde estão alocados esses moradores da localidade citada;_x000D_
 _x000D_
              3) Se há uma data prevista para reforma do mesmo e/ou data prevista para a licitação.</t>
   </si>
   <si>
     <t>5905</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5905/requerimento_n_037-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5905/requerimento_n_037-2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Poder Executivo junto a Companhia Paranaense de Energia Elétrica (COPEL), após apreciação desta colenda Câmara que seja encaminhada a esta Casa de Leis esclarecimentos sobre as constantes quedas de energia elétrica no prolongamento da rua XV de Novembro e no bairro Jardim das Palmeiras.</t>
   </si>
   <si>
     <t>5906</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5906/requerimento_n_038-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5906/requerimento_n_038-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Legislativo que seja solicitado o agendamento de uma reunião com a presença de um representante do DER (Departamento de Estradas de Rodagem) para sanar questionamentos sobrevindos da população como a necessidade de faixas elevadas próximo a escolas; sinalizações; escoamento de águas às margens de rodovias.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5977/requerimento_n_039-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5977/requerimento_n_039-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a DISCUSSÃO E DELIBERAÇÃO ÚNICA do PROJETO DE LEI Nº 2.434/2023 – Súmula: “Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o exercício financeiro de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5936/requerimento_n_040-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5936/requerimento_n_040-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a DISCUSSÃO E DELIBERAÇÃO ÚNICA do PROJETO DE LEI Nº 2.445/2023 – Súmula: “Institui o Fundo Municipal de Prevenção e Atendimento a Sinistros do 8º Grupamento de Corpo de Bombeiros da Policia Militar do Estado do Paraná – FUMCOB, no municipio de Morretes”.</t>
   </si>
   <si>
     <t>5953</t>
   </si>
   <si>
     <t>Airton Tomazi, Eloi Nogueira, Luciane Costa Coelho, Julio Cesar Cassilha, Mauro Cardoso de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5953/requerimento_n_041-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5953/requerimento_n_041-2023.pdf</t>
   </si>
   <si>
     <t>“REQUERIMENTO PARA QUE SEJA APLICADO O REGIME DE URGÊNCIA PARA A DISCUSSÃO E DELIBERAÇÃO ÚNICA DO PROJETO DE LEI Nº 2.449/2023 – SÚMULA: “ALTERA A LEI ORDINÁRIA Nº 661, DE 25 DE NOVEMBRO DE 2021, ACRESCENTA ARTIGOS E CRIA O FUNDO MUNICIPAL DOS DIREITOS DA MULHER – FMDM E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5954</t>
   </si>
   <si>
     <t>“REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, APÓS APRECIAÇÃO DESTA COLENDA CÂMARA DE VEREADORES QUE SEJAM ENCAMINHADAS A ESTA CASA DE LEIS, CÓPIAS DO EXTRATO BANCÁRIO DA COSIP- CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, EXTRATOS REFERENTES AO MÊS DE ABRIL DO ANO DE 2023 ATÉ A DATA DO PRESENTE MOMENTO”.</t>
   </si>
   <si>
     <t>5955</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, APÓS APRECIAÇÃO DESTA COLENDA CÂMARA DE VEREADORES QUE SEJA ENCAMINHADO À ESTA CASA DE LEIS, INFORMAÇÕES ACERCA DO ANDAMENTO DO PROCESSO LICITATÓRIO DA  OBRA DE REFORMA E RESTRUTURAÇÃO DA PONTE MOLHADA, LOCALIZADA SOBRE O RIO MARUMBI, NA LOCALIDADE DA AMÉRICA DE BAIXO.</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5971/ccf_000879.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5971/ccf_000879.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.452/2023, que “institui o Programa de Recuperação Fiscal de Morretes – REFIS 2023 em âmbito municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5976/requerimento_n_045-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5976/requerimento_n_045-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.453/2023, que “Autoriza o Município de Morretes e a Agência de Desenvolvimento do Turismo Sustentável do Litoral Do Paraná - ADETUR Litoral a firmarem Termo de Fomento e dá outras providências.</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5982/requerimento_n_046-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5982/requerimento_n_046-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal, após apreciação desta colenda Câmara de Vereadores que sejam encaminhadas a esta Casa de Leis, cópia de atos desta Administração Pública, referente a regulamentação, autorização e fiscalização sobre a permanência de Motorhomes no Município de Morretes.</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
     <t>Airton Tomazi, Eloi Nogueira, Julio Cesar Cassilha, Luciane Costa Coelho, Mauro Cardoso de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6029/requerimento_n_048-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6029/requerimento_n_048-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Julio Cesar Cassilha, Luciane Costa Coelho, Airton Tomazi, Elói Nogueira e Mauro Cardoso de Pontes,  diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI COMPLEMENTAR Nº 044/2023, que “Altera a Lei Complementar Municipal nº 30/2015, com a finalidade de reenquadrar os professores municipais regidos pela Lei Municipal nº 01/2004, na tabela do Magistério Municipal vigente, e dá outras providências”.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5980/requerimento_n_049-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5980/requerimento_n_049-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que o Poder Executivo encaminhe a esta casa de Leis, documentos comprovatórios de autorização municipal acerca do uso do pátio do Núcleo Integrado da Saúde (NIS) para estacionamento de particulares no evento Blues Festival que ocorreu nas datas de 04 e 05 de novembro deste ano.</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5979/requerimento_n_050-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5979/requerimento_n_050-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, após apreciação desta colenda Câmara, que seja encaminhado à esta Casa de Leis a relação de todos os colaboradores e patrocinadores voluntários de equipamentos e prestação de serviços, bem como cópia do processo administrativo na íntegra do Termo de Patrocínio e Cooperação de cada voluntário do projeto "Cidadão Patrocinador" no ano de 2023 e ainda que o Poder Executivo disponibilize os processos no Portal da Transparência do Município.</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5981/requerimento_n_051-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5981/requerimento_n_051-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que o Poder Executivo encaminhe a esta casa de Leis, Cópia do Contrato da Logística Engenharia LTDA, contratada pela Prefeitura Municipal de Morretes, para a realização da obra de reforma do telhado do Hospital e Maternidade de Morretes do ano de 2022, bem como extrato dos pagamentos realizados à mesma.</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>Adolfo Hack, Eloi Nogueira, Julio Cesar Cassilha, Luciane Costa Coelho</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5987/requerimento_n_052-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5987/requerimento_n_052-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, após apreciação desta Colenda Câmara, que promova o envio de ofício à Secretaria Estadual de Infraestrutura e Logística do Estado do Paraná, para que com a máxima urgência realizem serviços de manutenção e pinturas de demarcação de faixas e completa sinalização ao logo de toda extensão da Rodovia BR 277, região do Litoral do Paraná.</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5988/requerimento_n_053-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5988/requerimento_n_053-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, após apreciação desta Colenda Câmara, que seja encaminhado à esta Casa de Leis cópia dos processos licitatórios, bem como demonstrativo da atual situação das obras de reforma da Quadra Poliesportiva e da Creche_x000D_
 - Centro Municipal de Educação Infantil (CMEI), na localidade da Vila das Palmeiras, além da obra de reforma do Posto de Saúde na localidade do Bairro América de Baixo e ainda o andamento da obra de pavimentação da Rua Sete de Março, localizada na região de Porto de Cima.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5989/requerimento_n_054-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5989/requerimento_n_054-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal após apreciação desta colenda Câmara que o Poder Executivo encaminhe a esta casa de Leis, Cópias do contrato de todas as empresas terceirizadas contratadas pelo Município bem como o extrato de todos os pagamentos realizados às mesmas.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6030/requerimento_n_055-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6030/requerimento_n_055-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Julio Cesar Cassilha, Luciane Costa Coelho, Airton Tomazi, Elói Nogueira e Mauro Cardoso de Pontes,  diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.462/2023 – Súmula: “Autoriza o Poder Executivo Municipal a conceder bonificação pecuniária aos profissionais das categorias de enfermagem, advinda da assistência financeira complementar repassada pela União através do Fundo Nacional de Saúde conforme específica, e dá outras providências”.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6031/requerimento_n_056-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6031/requerimento_n_056-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Julio Cesar Cassilha, Luciane Costa Coelho, Airton Tomazi, Elói Nogueira e Mauro Cardoso de Pontes,  diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.463/2023 – Súmula: “Institui o Prêmio de Retribuição por Produtividade aos Profissionais da Saúde vinculados à Estratégia de Saúde da Família no âmbito do Município de Morretes”.</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6035/requerimento_n_057-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6035/requerimento_n_057-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo assinam, diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.464/2023 – Súmula: “Autoriza o Município de Morretes e a entidade Associação de Pais e Amigos dos Excepcionais  de Morretes – APAE a firmarem Termo de Fomento e dá outras providências”</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6048/requerimento_n_058-2023.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6048/requerimento_n_058-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo assinam, diante do disposto no inciso III do § 1º do artigo 148 do Regimento Interno apresentam ao Plenário da Câmara para apreciação o presente Requerimento para que seja aplicado o regime de urgência para a discussão e deliberação ÚNICA do PROJETO DE LEI Nº 2.465/2023 – Súmula: “Altera a Lei Municipal nº 02/1997, e dispõe sobre Reajuste Salarial e sobre o adicional por tempo de serviço para os empregados públicos do Município de Morretes e dá outras providências”.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6036/untitled_20231215_102123.pdf</t>
+    <t>http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6036/untitled_20231215_102123.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao projeto de Lei nº 2434/2023, que "Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o exercício financeiro de 2024 e dá outras providências"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7384,67 +7384,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5455/indicacao_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5456/indicacao_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5457/indicacao_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5458/indicacao_n_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5459/indicacao_n_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5460/indicacao_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5461/indicacao_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5462/indicacao_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5463/indicacao_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5464/indicacao_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5465/indicacao_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5466/indicacao_n_012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5467/indicacao_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5468/indicacao_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5469/indicacao_n_015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5471/indicacao_n_017-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5472/indicacao_n_018-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5473/indicacao_n_019-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5474/indicacao_n_020-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5475/indicacao_n_021-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5476/indicacao_n_022-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5477/indicacao_n_023-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5478/indicacao_n_024-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5479/indicacao_n_025-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5480/indicacao_n_026-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5481/indicacao_n_027-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5482/indicacao_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5483/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5484/indicacao_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5485/indicacao_n_031-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5486/indicacao_n_032-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5487/indicacao_n_033-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5488/indicacao_n_034-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5489/indicacao_n_035-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5490/indicacao_n_036-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5491/indicacao_n_037-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5492/indicacao_n_038-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5493/indicacao_n_039-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5494/indicacao_n_040-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5495/indicacao_n_041-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5496/indicacao_n_042-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5497/indicacao_n_043-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5498/indicacao_n_044-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5499/indicacao_n_045-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5500/indicacao_n_046-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5501/indicacao_n_047-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5502/indicacao_n_048-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5503/indicacao_n_049-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5504/indicacao_n_050-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5507/indicacao_n_051-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5508/indicacao_n_052-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5509/indicacao_n_053-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5510/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5511/indicacao_n_055-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5512/indicacao_n_056-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5513/indicacao_n_057-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5514/indicacao_n_058-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5515/indicacao_n_059-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5516/indicacao_n_060-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5517/indicacao_n_061-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5518/indicacao_n_062-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5519/indicacao_n_063-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5520/indicacao_n_064-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5521/indicacao_n_065-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5522/indicacao_n_066-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5523/indicacao_n_067-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5524/indicacao_n_068-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5525/indicacao_n_069-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5526/indicacao_n_070-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5527/indicacao_n_071-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5528/indicacao_n_072-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5529/indicacao_n_073-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5530/indicacao_n_074-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5543/indicacao_n_075-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5544/indicacao_n_076-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5545/indicacao_n_077-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5546/indicacao_n_078-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5547/indicacao_n_079-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5548/indicacao_n_080-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5549/indicacao_n_081-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5550/indicacao_n_082-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5551/indicacao_n_083-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5552/indicacao_n_084-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5553/indicacao_n_085-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5554/indicacao_n_086-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5555/indicacao_n_087-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5556/indicacao_n_088-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5557/indicacao_n_089-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5559/indicacao_n_091-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5560/indicacao_n_092-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5561/indicacao_n_093-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5562/indicacao_n_094-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5563/indicacao_095-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5564/indicacao_096-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5565/indicacao_097-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5566/indicacao_098-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5567/indicacao_099-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5568/indicacao_100-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5569/indicacao_101-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5570/indicacao_102-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5571/indicacao_103-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5572/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5573/indicacao_105-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5574/indicacao_106-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5575/indicacao_107-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5576/indicacao_108-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5577/indicacao_109-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5578/indicacao_110-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5579/indicacao_111-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5580/indicacao_112-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5581/indicacao_113-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5582/indicacao_114-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5583/indicacao_115-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5584/indicacao_116-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5585/indicacao_117-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5586/indicacao_118-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5587/indicacao_119-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5588/indicacao_120-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5589/indicacao_121-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5590/indicacao_122-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5591/indicacao_123-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5592/indicacao_124-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5593/indicacao_125-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5594/indicacao_n_126-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5595/indicacao_127-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5596/indicacao_128-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5597/indicacao_129-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5614/indicacao_n_130-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5615/indicacao_n_131-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5616/indicacao_n_132-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5617/indicacao_n_133-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5618/indicacao_n_134-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5620/indicacao_n_135-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5621/indicacao_n_136-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5622/indicacao_n_137-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5623/indicacao_n_138-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5624/indicacao_n_139-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5625/indicacao_n_140-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5626/indicacao_n_141-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5627/indicacao_n_142-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5628/indicacao_n_143-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5629/indicacao_n_144-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5630/indicacao_n_145-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5631/indicacao_n_146-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5632/indicacao_n_147-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5633/indicacao_n_148-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5634/indicacao_n_149-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5635/indicacao_n_150-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5636/indicacao_n_151-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5637/indicacao_n_152-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5638/indicacao_n_153-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5642/indicacao_n_154-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5643/indicacao_n_155-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5644/indicacao_n_156-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5645/indicacao_n_157-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5646/indicacao_n_158-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5647/indicacao_n_159-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5648/indicacao_n_160-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5649/indicacao_n_161-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5650/indicacao_n_162-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5651/indicacao_n_163-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5652/indicacao_n_164-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5655/indicacao_n_165-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5656/indicacao_n_166-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5657/indicacao_n_167-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5658/indicacao_n_168-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5659/indicacao_n_169-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5660/indicacao_n_170-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5661/indicacao_n_171-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5662/indicacao_n_172-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5663/indicacao_n_173-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5664/indicacao_n_174-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5665/indicacao_n_175-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5666/indicacao_n_176-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5667/indicacao_n_177-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5668/indicacao_n_178-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5682/indicacao_n_179-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5683/indicacao_n_180-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5684/indicacao_n_181-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5685/indicacao_n_182-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5686/indicacao_n_183-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5687/indicacao_n_184-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5688/indicacao_n_185-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5689/indicacao_n_186-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5690/indicacao_n_187-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5691/indicacao_n_188-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5692/indicacao_n_189-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5693/indicacao_n_190-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5694/indicacao_n_191-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5695/indicacao_n_192-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5696/indicacao_n_193-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5697/indicacao_n_194-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5698/indicacao_195-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5699/indicacao_196-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5700/indicacao_197-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5701/indicacao_198-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5702/indicacao_199-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5704/indicacao_200-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5705/indicacao_201-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5706/indicacao_202-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5707/indicacao_203-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5708/indicacao_204-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5709/indicacao_205-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5710/indicacao_206-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5711/indicacao_207-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5712/indicacao_208-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5728/indicacao_209-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5729/indicacao_210-2013.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5730/indicacao_211-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5731/indicacao_212-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5732/indicacao_213-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5733/indicacao_214-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5734/indicacao_215-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5735/indicacao_216-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5736/indicacao_217-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5744/indicacao_218-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5745/indicacao_219-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5746/indicacao_220-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5747/indicacao_221-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5748/indicacao_222-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5749/indicacao_223-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5750/indicacao_224-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5751/indicacao_225-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5758/indicacao_226-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5759/indicacao_227-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5760/indicacao_228-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5761/indicacao_229-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5762/indicacao_230-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5763/indicacao_231-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5764/indicacao_232-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5765/indicacao_233-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5766/indicacao_234-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5767/indicacao_235-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5770/indicacao_236-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5771/indicacao_237-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5772/indicacao_238-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5776/indicacao_n_239-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5777/indicacao_n_240-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5778/indicacao_n_241-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5779/indicacao_n_242-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5780/indicacao_n_243-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5782/indicacao_n_244-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5783/indicacao_n_245-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5784/indicacao_n_246-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5785/indicacao_n_247-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5786/indicacao_n_248-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5787/indicacao_n_249-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5788/indicacao_n_250-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5789/indicacao_n_251-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5791/indicacao_n_253-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5792/indicacao_n_254-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5793/indicacao_n_255-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5794/indicacao_n_256-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5795/indicacao_n_257-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5800/indicacao_n_258-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5801/indicacao_n_259-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5802/indicacao_n_260-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5803/indicacao_261-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5804/indicacao_n_262-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5806/indicacao_n_264-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5807/indicacao_n_265-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5808/indicacao_n_266-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5809/indicacao_n_267-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5810/indicacao_n_268-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5811/indicacao_n_269-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5812/indicacao_n_270-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5813/indicacao_n_271-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5814/indicacao_n_272-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5819/indicacao_n_273-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5820/indicacao_n_274-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5821/indicacao_n_275-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5822/indicacao_n_276-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5825/indicacao_n_277-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5826/indicacao_n_278-2023_2.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5827/indicacao_n_279-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5828/indicacao_n_280-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5829/indicacao_n_281-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5830/indicacao_n_282-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5831/indicacao_n_283-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5832/indicacao_n_284-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5833/indicacao_n_285-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5838/indicacao_n_286-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5839/indicacao_n_287-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5840/indicacao_n_288-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5850/289.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5851/290.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5852/291.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5853/292.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5854/293.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5855/294.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5856/295.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5857/296.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5858/297.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5859/298.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5860/299.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5861/300.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5862/301.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5863/302.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5864/303.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5865/304.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5866/305.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5867/306.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5868/307.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5869/308.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5870/309.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5871/310.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5872/311.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5873/312.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5874/313.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5875/314.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5887/indicacao_n_315-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5888/indicacao_n_316-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5889/indicacao_n_317-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5890/indicacao_n_318-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5891/indicacao_n_319-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5892/indicacao_n_320-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5893/indicacao_n_321-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5894/indicacao_n_322-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5900/indicacao_n_323-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5902/indicacao_n_325-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5909/indicacao_n_326-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5910/indicacao_n_327-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5911/indicacao_n_328-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5912/indicacao_n_329-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5916/indicacao_n_330-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5917/indicacao_n_331-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5918/indicacao_n_332-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5919/indicacao_n_333-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5920/indicacao_n_334-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5922/indicacao_n_335-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5924/indicacao_no_336-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5925/indicacao_n_337-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5926/indicacao_n_338-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5927/indicacao_n_339-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5928/indicacao_n_340-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5931/indicacao_n_341-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5932/indicacao_n_342-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5933/indicacao_n_343-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5934/indicacao_n_344-2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5935/indicacao_n_345-2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5938/indicacao_n_347-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5939/indicacao_n_348-2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5940/indicacao_n_349-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5941/indicacao_n_350-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5942/indicacao_n_351-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5943/indicacao_n_352-2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5945/indicacao_n_354-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5946/indicacao_n_355-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5947/indicacao_n_356-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5948/indicacao_n_357-2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5949/indicacao_n_358-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5956/indicacao_n_359-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5957/indicacao_n_360-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5958/indicacao_n_361-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5959/indicacao_n_362-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5960/indicacao_n_363-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5961/indicacao_n_364-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5962/indicacao_n_365-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5963/indicacao_n_366-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5964/indicacao_n_367-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5965/indicacao_n_368-2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5966/indicacao_n_369-2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5967/indicacao_n_370-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5968/indicacao_n_371-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5969/indicacao_n_372-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5970/indicacao_n_373-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5990/indicacao_n_374-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5991/indicacao_n_375-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5992/indicacao_n_376-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5993/indicacao_n_377-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5994/indicacao_n_378-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5995/indicacao_n_379-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5996/indicacao_n_380-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5997/indicacao_n_381-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5998/indicacao_n_382-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5999/indicacao_n_383-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6000/indicacao_n_384-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6001/indicacao_n_385-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6002/indicacao_n_386-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6003/indicacao_n_387-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6004/indicacao_n_388-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6005/indicacao_n_389-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6006/indicacao_n_390-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6007/indicacao_n_391-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6008/indicacao_n_392-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6009/indicacao_n_393-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6010/indicacao_n_394-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6011/indicacao_n_395-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6012/indicacao_n_396-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6013/indicacao_n_397-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6014/indicacao_n_398-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6015/indicacao_n_399-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6016/indicacao_n_400-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6017/indicacao_n_401-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6018/indicacao_n_402-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6019/indicacao_n_403-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6020/indicacao_n_404-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6038/indicacao_n_405-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6039/indicacao_n_406-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6040/indicacao_n_407-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6041/indicacao_n_408-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6042/indicacao_n_409-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6043/indicacao_n_410-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6044/indicacao_n_411-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6045/indicacao_n_412-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6046/indicacao_n_413-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6047/indicacao_n_414-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5537/mocao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5601/mocao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5602/mocao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5603/mocao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5606/mocao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5641/mocao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5674/mocao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5742/mocao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5752/proposicao_de_mocao_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5837/proposicao_de_mocao_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5876/mocao_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5915/mocao_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5986/mocao_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5612/decreto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5613/decreto_legislativo_no_14-2023_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5817/pdl15.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5818/pdl_16-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5879/pdl_017-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5907/merged-document_1_1.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5908/pdl_019-2023_2.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5923/pdl_020-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6028/projeto_de_decreto_021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5451/ilovepdf_merged_30.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5680/plc_36-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5727/plc_037-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5880/plc_038.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5881/plc_039.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5882/plc_040.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5883/plc_041.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5884/plc_042.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5885/plc_043.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5952/plc_044.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5453/pl_2382-2023_compl_merged.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5454/pl_2393-2023_merged.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5531/pl_2394_merged.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5532/pl_2395_-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5533/pl_2396_compl_merged.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5598/pl_2397-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5599/projeto_de_lei_no_2398-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5609/pl_2399_parte_1_merged_compressed.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5610/pl_2400-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5611/pl_2401-2023_retirada.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5671/pl_2402-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5639/pl_2403-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5653/pl_2404-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5675/pl_2405-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5676/pl_2406-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5677/pl_2407-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5678/retirada_2408-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5679/pl_2409-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5713/pl_2410-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5714/pl_2411-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5715/pl_2412-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5716/pl_2413-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5717/pl_2414-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5718/pl_2415-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5719/pl_2416-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5720/pl_2417.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5721/pl_2418-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5722/pl_2419-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5723/pl_2420-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5724/pl_2421-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5725/pl_2422-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5726/pl_2423-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5754/2424.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5755/pl_2425-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5756/pl_2426-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5757/pl_2427-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5769/pl_2428-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5781/projeto_de_lei_2429.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5815/pl_2430.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5816/1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5841/pl_2432.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5842/pl_2433-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5843/pl_2434.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5844/2435-2023_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5845/pl_2436.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5846/1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5848/pl_2438.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5849/pl_2439-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5895/1.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5896/projeto_de_lei_n_2.441_2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5897/pl_2442.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5898/pl_2443-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5899/pl_2444.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5913/pl_2445-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5929/pl_2446.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5930/pdf24_merged_1_1.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5950/pl_2448.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5951/pl_2449-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5972/pl_2450.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5973/p.l_2451.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5974/pl_2452.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5975/2453-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6021/pl_2454-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5978/pl_2455.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6026/2457.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5985/projeto_de_lei_n_2458.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6022/pl_2459-2024.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6023/pl_2460-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6024/projeto_de_lei_n_2461.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6032/p.l_2462.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6033/p.l_2463.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6034/p.l_2464.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6049/pl_2465.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5452/projeto_resolucao_25.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5505/ilovepdf_merged_36.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5506/ilovepdf_merged_31.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5604/projeto_de_resolucao__028-2023_-_afastamento_do_vereador_celso_ferreira_de_souza.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5605/resolucao_29.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5654/projeto_de_resolucao__030-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5640/resolucao_031.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5743/resolucao_32.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5823/pr_033-2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5824/pr_034-2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5847/1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6027/resolucao_36.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5914/resolucao_037.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5921/resolucao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6037/scan_20231221_095746561.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6055/projeto_de_resolucao_040.2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5619/proposta_de_emenda_lom.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5834/proposta_de_emenda_a_lom_no_003_2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5534/requerimento_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5741/requerimento_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5535/requerimento_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5600/ccf_000632_rotated.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5538/requerimento_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5539/requerimento_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5540/requerimento_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5541/requerimento_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5542/reqerimento_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5607/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5608/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5669/requerimento_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5670/requerimento_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5673/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5681/requerimento_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5703/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5737/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5738/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5739/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5740/reqeuerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5753/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5768/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5773/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5774/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5775/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5796/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5797/requerimento_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5798/requerimento_n_029-2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5799/requerimento_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5835/requerimento_n_031-2023_2.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5877/requerimento_n_032-2023.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5878/requerimento_n_033-2023.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5886/requerimento_n_034-2023.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5904/requerimento_n_036-2023.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5905/requerimento_n_037-2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5906/requerimento_n_038-2023.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5977/requerimento_n_039-2023.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5936/requerimento_n_040-2023.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5953/requerimento_n_041-2023.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5971/ccf_000879.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5976/requerimento_n_045-2023.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5982/requerimento_n_046-2023.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6029/requerimento_n_048-2023.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5980/requerimento_n_049-2023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5979/requerimento_n_050-2023.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5981/requerimento_n_051-2023.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5987/requerimento_n_052-2023.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5988/requerimento_n_053-2023.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5989/requerimento_n_054-2023.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6030/requerimento_n_055-2023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6031/requerimento_n_056-2023.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6035/requerimento_n_057-2023.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6048/requerimento_n_058-2023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6036/untitled_20231215_102123.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5455/indicacao_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5456/indicacao_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5457/indicacao_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5458/indicacao_n_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5459/indicacao_n_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5460/indicacao_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5461/indicacao_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5462/indicacao_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5463/indicacao_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5464/indicacao_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5465/indicacao_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5466/indicacao_n_012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5467/indicacao_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5468/indicacao_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5469/indicacao_n_015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5471/indicacao_n_017-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5472/indicacao_n_018-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5473/indicacao_n_019-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5474/indicacao_n_020-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5475/indicacao_n_021-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5476/indicacao_n_022-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5477/indicacao_n_023-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5478/indicacao_n_024-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5479/indicacao_n_025-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5480/indicacao_n_026-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5481/indicacao_n_027-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5482/indicacao_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5483/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5484/indicacao_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5485/indicacao_n_031-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5486/indicacao_n_032-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5487/indicacao_n_033-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5488/indicacao_n_034-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5489/indicacao_n_035-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5490/indicacao_n_036-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5491/indicacao_n_037-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5492/indicacao_n_038-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5493/indicacao_n_039-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5494/indicacao_n_040-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5495/indicacao_n_041-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5496/indicacao_n_042-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5497/indicacao_n_043-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5498/indicacao_n_044-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5499/indicacao_n_045-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5500/indicacao_n_046-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5501/indicacao_n_047-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5502/indicacao_n_048-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5503/indicacao_n_049-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5504/indicacao_n_050-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5507/indicacao_n_051-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5508/indicacao_n_052-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5509/indicacao_n_053-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5510/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5511/indicacao_n_055-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5512/indicacao_n_056-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5513/indicacao_n_057-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5514/indicacao_n_058-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5515/indicacao_n_059-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5516/indicacao_n_060-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5517/indicacao_n_061-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5518/indicacao_n_062-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5519/indicacao_n_063-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5520/indicacao_n_064-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5521/indicacao_n_065-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5522/indicacao_n_066-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5523/indicacao_n_067-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5524/indicacao_n_068-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5525/indicacao_n_069-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5526/indicacao_n_070-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5527/indicacao_n_071-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5528/indicacao_n_072-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5529/indicacao_n_073-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5530/indicacao_n_074-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5543/indicacao_n_075-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5544/indicacao_n_076-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5545/indicacao_n_077-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5546/indicacao_n_078-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5547/indicacao_n_079-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5548/indicacao_n_080-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5549/indicacao_n_081-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5550/indicacao_n_082-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5551/indicacao_n_083-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5552/indicacao_n_084-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5553/indicacao_n_085-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5554/indicacao_n_086-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5555/indicacao_n_087-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5556/indicacao_n_088-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5557/indicacao_n_089-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5559/indicacao_n_091-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5560/indicacao_n_092-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5561/indicacao_n_093-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5562/indicacao_n_094-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5563/indicacao_095-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5564/indicacao_096-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5565/indicacao_097-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5566/indicacao_098-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5567/indicacao_099-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5568/indicacao_100-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5569/indicacao_101-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5570/indicacao_102-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5571/indicacao_103-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5572/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5573/indicacao_105-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5574/indicacao_106-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5575/indicacao_107-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5576/indicacao_108-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5577/indicacao_109-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5578/indicacao_110-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5579/indicacao_111-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5580/indicacao_112-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5581/indicacao_113-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5582/indicacao_114-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5583/indicacao_115-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5584/indicacao_116-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5585/indicacao_117-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5586/indicacao_118-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5587/indicacao_119-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5588/indicacao_120-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5589/indicacao_121-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5590/indicacao_122-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5591/indicacao_123-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5592/indicacao_124-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5593/indicacao_125-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5594/indicacao_n_126-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5595/indicacao_127-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5596/indicacao_128-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5597/indicacao_129-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5614/indicacao_n_130-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5615/indicacao_n_131-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5616/indicacao_n_132-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5617/indicacao_n_133-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5618/indicacao_n_134-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5620/indicacao_n_135-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5621/indicacao_n_136-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5622/indicacao_n_137-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5623/indicacao_n_138-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5624/indicacao_n_139-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5625/indicacao_n_140-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5626/indicacao_n_141-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5627/indicacao_n_142-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5628/indicacao_n_143-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5629/indicacao_n_144-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5630/indicacao_n_145-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5631/indicacao_n_146-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5632/indicacao_n_147-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5633/indicacao_n_148-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5634/indicacao_n_149-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5635/indicacao_n_150-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5636/indicacao_n_151-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5637/indicacao_n_152-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5638/indicacao_n_153-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5642/indicacao_n_154-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5643/indicacao_n_155-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5644/indicacao_n_156-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5645/indicacao_n_157-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5646/indicacao_n_158-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5647/indicacao_n_159-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5648/indicacao_n_160-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5649/indicacao_n_161-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5650/indicacao_n_162-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5651/indicacao_n_163-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5652/indicacao_n_164-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5655/indicacao_n_165-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5656/indicacao_n_166-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5657/indicacao_n_167-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5658/indicacao_n_168-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5659/indicacao_n_169-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5660/indicacao_n_170-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5661/indicacao_n_171-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5662/indicacao_n_172-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5663/indicacao_n_173-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5664/indicacao_n_174-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5665/indicacao_n_175-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5666/indicacao_n_176-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5667/indicacao_n_177-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5668/indicacao_n_178-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5682/indicacao_n_179-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5683/indicacao_n_180-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5684/indicacao_n_181-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5685/indicacao_n_182-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5686/indicacao_n_183-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5687/indicacao_n_184-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5688/indicacao_n_185-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5689/indicacao_n_186-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5690/indicacao_n_187-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5691/indicacao_n_188-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5692/indicacao_n_189-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5693/indicacao_n_190-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5694/indicacao_n_191-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5695/indicacao_n_192-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5696/indicacao_n_193-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5697/indicacao_n_194-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5698/indicacao_195-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5699/indicacao_196-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5700/indicacao_197-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5701/indicacao_198-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5702/indicacao_199-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5704/indicacao_200-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5705/indicacao_201-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5706/indicacao_202-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5707/indicacao_203-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5708/indicacao_204-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5709/indicacao_205-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5710/indicacao_206-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5711/indicacao_207-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5712/indicacao_208-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5728/indicacao_209-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5729/indicacao_210-2013.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5730/indicacao_211-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5731/indicacao_212-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5732/indicacao_213-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5733/indicacao_214-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5734/indicacao_215-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5735/indicacao_216-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5736/indicacao_217-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5744/indicacao_218-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5745/indicacao_219-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5746/indicacao_220-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5747/indicacao_221-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5748/indicacao_222-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5749/indicacao_223-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5750/indicacao_224-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5751/indicacao_225-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5758/indicacao_226-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5759/indicacao_227-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5760/indicacao_228-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5761/indicacao_229-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5762/indicacao_230-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5763/indicacao_231-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5764/indicacao_232-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5765/indicacao_233-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5766/indicacao_234-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5767/indicacao_235-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5770/indicacao_236-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5771/indicacao_237-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5772/indicacao_238-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5776/indicacao_n_239-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5777/indicacao_n_240-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5778/indicacao_n_241-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5779/indicacao_n_242-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5780/indicacao_n_243-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5782/indicacao_n_244-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5783/indicacao_n_245-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5784/indicacao_n_246-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5785/indicacao_n_247-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5786/indicacao_n_248-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5787/indicacao_n_249-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5788/indicacao_n_250-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5789/indicacao_n_251-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5791/indicacao_n_253-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5792/indicacao_n_254-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5793/indicacao_n_255-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5794/indicacao_n_256-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5795/indicacao_n_257-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5800/indicacao_n_258-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5801/indicacao_n_259-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5802/indicacao_n_260-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5803/indicacao_261-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5804/indicacao_n_262-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5806/indicacao_n_264-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5807/indicacao_n_265-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5808/indicacao_n_266-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5809/indicacao_n_267-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5810/indicacao_n_268-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5811/indicacao_n_269-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5812/indicacao_n_270-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5813/indicacao_n_271-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5814/indicacao_n_272-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5819/indicacao_n_273-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5820/indicacao_n_274-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5821/indicacao_n_275-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5822/indicacao_n_276-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5825/indicacao_n_277-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5826/indicacao_n_278-2023_2.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5827/indicacao_n_279-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5828/indicacao_n_280-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5829/indicacao_n_281-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5830/indicacao_n_282-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5831/indicacao_n_283-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5832/indicacao_n_284-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5833/indicacao_n_285-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5838/indicacao_n_286-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5839/indicacao_n_287-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5840/indicacao_n_288-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5850/289.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5851/290.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5852/291.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5853/292.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5854/293.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5855/294.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5856/295.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5857/296.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5858/297.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5859/298.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5860/299.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5861/300.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5862/301.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5863/302.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5864/303.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5865/304.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5866/305.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5867/306.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5868/307.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5869/308.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5870/309.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5871/310.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5872/311.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5873/312.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5874/313.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5875/314.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5887/indicacao_n_315-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5888/indicacao_n_316-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5889/indicacao_n_317-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5890/indicacao_n_318-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5891/indicacao_n_319-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5892/indicacao_n_320-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5893/indicacao_n_321-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5894/indicacao_n_322-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5900/indicacao_n_323-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5902/indicacao_n_325-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5909/indicacao_n_326-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5910/indicacao_n_327-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5911/indicacao_n_328-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5912/indicacao_n_329-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5916/indicacao_n_330-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5917/indicacao_n_331-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5918/indicacao_n_332-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5919/indicacao_n_333-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5920/indicacao_n_334-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5922/indicacao_n_335-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5924/indicacao_no_336-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5925/indicacao_n_337-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5926/indicacao_n_338-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5927/indicacao_n_339-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5928/indicacao_n_340-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5931/indicacao_n_341-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5932/indicacao_n_342-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5933/indicacao_n_343-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5934/indicacao_n_344-2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5935/indicacao_n_345-2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5938/indicacao_n_347-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5939/indicacao_n_348-2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5940/indicacao_n_349-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5941/indicacao_n_350-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5942/indicacao_n_351-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5943/indicacao_n_352-2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5945/indicacao_n_354-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5946/indicacao_n_355-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5947/indicacao_n_356-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5948/indicacao_n_357-2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5949/indicacao_n_358-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5956/indicacao_n_359-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5957/indicacao_n_360-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5958/indicacao_n_361-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5959/indicacao_n_362-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5960/indicacao_n_363-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5961/indicacao_n_364-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5962/indicacao_n_365-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5963/indicacao_n_366-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5964/indicacao_n_367-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5965/indicacao_n_368-2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5966/indicacao_n_369-2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5967/indicacao_n_370-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5968/indicacao_n_371-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5969/indicacao_n_372-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5970/indicacao_n_373-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5990/indicacao_n_374-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5991/indicacao_n_375-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5992/indicacao_n_376-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5993/indicacao_n_377-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5994/indicacao_n_378-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5995/indicacao_n_379-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5996/indicacao_n_380-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5997/indicacao_n_381-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5998/indicacao_n_382-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5999/indicacao_n_383-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6000/indicacao_n_384-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6001/indicacao_n_385-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6002/indicacao_n_386-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6003/indicacao_n_387-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6004/indicacao_n_388-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6005/indicacao_n_389-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6006/indicacao_n_390-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6007/indicacao_n_391-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6008/indicacao_n_392-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6009/indicacao_n_393-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6010/indicacao_n_394-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6011/indicacao_n_395-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6012/indicacao_n_396-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6013/indicacao_n_397-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6014/indicacao_n_398-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6015/indicacao_n_399-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6016/indicacao_n_400-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6017/indicacao_n_401-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6018/indicacao_n_402-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6019/indicacao_n_403-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6020/indicacao_n_404-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6038/indicacao_n_405-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6039/indicacao_n_406-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6040/indicacao_n_407-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6041/indicacao_n_408-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6042/indicacao_n_409-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6043/indicacao_n_410-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6044/indicacao_n_411-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6045/indicacao_n_412-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6046/indicacao_n_413-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6047/indicacao_n_414-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5537/mocao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5601/mocao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5602/mocao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5603/mocao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5606/mocao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5641/mocao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5674/mocao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5742/mocao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5752/proposicao_de_mocao_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5837/proposicao_de_mocao_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5876/mocao_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5915/mocao_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5986/mocao_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5612/decreto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5613/decreto_legislativo_no_14-2023_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5817/pdl15.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5818/pdl_16-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5879/pdl_017-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5907/merged-document_1_1.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5908/pdl_019-2023_2.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5923/pdl_020-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6028/projeto_de_decreto_021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5451/ilovepdf_merged_30.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5680/plc_36-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5727/plc_037-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5880/plc_038.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5881/plc_039.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5882/plc_040.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5883/plc_041.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5884/plc_042.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5885/plc_043.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5952/plc_044.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5453/pl_2382-2023_compl_merged.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5454/pl_2393-2023_merged.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5531/pl_2394_merged.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5532/pl_2395_-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5533/pl_2396_compl_merged.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5598/pl_2397-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5599/projeto_de_lei_no_2398-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5609/pl_2399_parte_1_merged_compressed.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5610/pl_2400-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5611/pl_2401-2023_retirada.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5671/pl_2402-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5639/pl_2403-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5653/pl_2404-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5675/pl_2405-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5676/pl_2406-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5677/pl_2407-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5678/retirada_2408-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5679/pl_2409-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5713/pl_2410-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5714/pl_2411-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5715/pl_2412-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5716/pl_2413-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5717/pl_2414-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5718/pl_2415-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5719/pl_2416-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5720/pl_2417.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5721/pl_2418-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5722/pl_2419-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5723/pl_2420-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5724/pl_2421-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5725/pl_2422-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5726/pl_2423-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5754/2424.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5755/pl_2425-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5756/pl_2426-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5757/pl_2427-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5769/pl_2428-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5781/projeto_de_lei_2429.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5815/pl_2430.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5816/1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5841/pl_2432.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5842/pl_2433-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5843/pl_2434.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5844/2435-2023_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5845/pl_2436.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5846/1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5848/pl_2438.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5849/pl_2439-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5895/1.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5896/projeto_de_lei_n_2.441_2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5897/pl_2442.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5898/pl_2443-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5899/pl_2444.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5913/pl_2445-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5929/pl_2446.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5930/pdf24_merged_1_1.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5950/pl_2448.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5951/pl_2449-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5972/pl_2450.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5973/p.l_2451.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5974/pl_2452.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5975/2453-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6021/pl_2454-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5978/pl_2455.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6026/2457.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5985/projeto_de_lei_n_2458.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6022/pl_2459-2024.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6023/pl_2460-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6024/projeto_de_lei_n_2461.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6032/p.l_2462.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6033/p.l_2463.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6034/p.l_2464.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6049/pl_2465.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5452/projeto_resolucao_25.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5505/ilovepdf_merged_36.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5506/ilovepdf_merged_31.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5604/projeto_de_resolucao__028-2023_-_afastamento_do_vereador_celso_ferreira_de_souza.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5605/resolucao_29.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5654/projeto_de_resolucao__030-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5640/resolucao_031.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5743/resolucao_32.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5823/pr_033-2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5824/pr_034-2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5847/1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6027/resolucao_36.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5914/resolucao_037.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5921/resolucao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6037/scan_20231221_095746561.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6055/projeto_de_resolucao_040.2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5619/proposta_de_emenda_lom.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5834/proposta_de_emenda_a_lom_no_003_2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5534/requerimento_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5741/requerimento_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5535/requerimento_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5600/ccf_000632_rotated.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5538/requerimento_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5539/requerimento_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5540/requerimento_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5541/requerimento_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5542/reqerimento_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5607/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5608/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5669/requerimento_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5670/requerimento_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5673/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5681/requerimento_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5703/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5737/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5738/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5739/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5740/reqeuerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5753/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5768/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5773/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5774/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5775/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5796/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5797/requerimento_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5798/requerimento_n_029-2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5799/requerimento_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5835/requerimento_n_031-2023_2.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5877/requerimento_n_032-2023.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5878/requerimento_n_033-2023.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5886/requerimento_n_034-2023.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5904/requerimento_n_036-2023.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5905/requerimento_n_037-2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5906/requerimento_n_038-2023.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5977/requerimento_n_039-2023.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5936/requerimento_n_040-2023.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5953/requerimento_n_041-2023.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5971/ccf_000879.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5976/requerimento_n_045-2023.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5982/requerimento_n_046-2023.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6029/requerimento_n_048-2023.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5980/requerimento_n_049-2023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5979/requerimento_n_050-2023.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5981/requerimento_n_051-2023.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5987/requerimento_n_052-2023.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5988/requerimento_n_053-2023.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/5989/requerimento_n_054-2023.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6030/requerimento_n_055-2023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6031/requerimento_n_056-2023.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6035/requerimento_n_057-2023.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6048/requerimento_n_058-2023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.morretes.pr.leg.br/media/sapl/public/materialegislativa/2023/6036/untitled_20231215_102123.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H598"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="156.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>